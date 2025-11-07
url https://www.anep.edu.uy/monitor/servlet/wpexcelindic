--- v0 (2025-10-18)
+++ v1 (2025-11-07)
@@ -14,179 +14,6237 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2142" uniqueCount="2039">
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
+    <t>Asistencia insuficiente en educación inicial 3 años</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Asistencia insuficiente en educación inicial 4 años</t>
+  </si>
+  <si>
+    <t>Asistencia insuficiente en educación inicial 5 años</t>
+  </si>
+  <si>
+    <t>2002</t>
+  </si>
+  <si>
+    <t>2003</t>
+  </si>
+  <si>
+    <t>2004</t>
+  </si>
+  <si>
+    <t>2005</t>
+  </si>
+  <si>
+    <t>2006</t>
+  </si>
+  <si>
+    <t>2007</t>
+  </si>
+  <si>
+    <t>2008</t>
+  </si>
+  <si>
+    <t>2009</t>
+  </si>
+  <si>
+    <t>Matrícula de 1°</t>
+  </si>
+  <si>
+    <t>Matrícula de 2°</t>
+  </si>
+  <si>
+    <t>Matrícula de 3°</t>
+  </si>
+  <si>
+    <t>Matrícula de 4°</t>
+  </si>
+  <si>
+    <t>Matrícula de 5°</t>
+  </si>
+  <si>
+    <t>Matrícula de 6°</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
     <t xml:space="preserve">Matrícula 2 años </t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Matrícula 3 años </t>
   </si>
   <si>
     <t xml:space="preserve">Matrícula 4 años </t>
   </si>
   <si>
     <t>Matrícula 5 años</t>
   </si>
   <si>
-    <t>2024</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">   0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  17</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  18</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  28</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  32</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  35</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  36</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  39</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  41</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  42</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  43</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  44</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  45</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  46</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  48</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  51</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  52</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  53</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  56</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  57</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  58</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  61</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  62</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  63</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  64</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  66</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  67</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  68</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  69</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  71</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  73</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  74</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  76</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  77</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  78</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  79</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  81</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  82</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  83</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  84</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  85</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  86</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  87</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  88</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  89</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  90</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  91</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  92</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  93</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  94</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  95</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  96</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  97</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  98</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  99</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 100</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 101</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 102</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 103</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 104</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 105</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 106</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 107</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 108</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 109</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 110</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 111</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 112</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 113</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 114</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 115</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 116</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 117</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 118</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 119</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 120</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 121</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 122</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 123</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 124</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 125</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 126</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 127</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 128</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 129</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 130</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 131</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 132</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 133</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 134</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 135</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 136</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 137</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 138</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 139</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 140</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 141</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 142</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 143</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 144</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 145</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 146</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 147</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 148</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 149</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 150</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 151</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 152</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 153</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 154</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 155</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 156</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 157</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 158</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 159</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 160</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 161</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 162</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 163</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 164</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 165</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 166</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 167</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 168</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 169</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 170</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 171</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 172</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 173</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 174</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 175</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 176</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 177</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 178</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 179</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 180</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 181</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 182</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 183</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 184</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 185</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 186</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 187</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 188</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 189</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 190</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 191</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 192</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 193</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 194</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 195</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 196</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 197</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 198</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 199</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 200</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 201</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 202</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 203</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 204</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 205</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 206</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 207</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 208</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 209</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 210</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 211</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 212</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 213</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 214</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 215</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 216</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 217</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 218</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 219</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 220</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 221</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 222</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 223</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 224</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 225</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 226</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 227</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 228</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 229</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 230</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 231</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 232</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 233</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 234</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 235</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 236</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 237</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 238</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 239</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 240</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 241</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 242</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 243</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 244</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 245</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 246</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 247</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 248</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 249</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 250</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 251</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 252</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 253</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 254</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 255</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 256</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 257</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 258</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 259</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 260</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 261</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 262</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 263</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 264</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 265</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 266</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 267</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 268</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 269</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 270</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 271</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 272</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 273</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 274</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 275</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 276</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 277</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 278</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 279</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 280</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 281</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 282</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 283</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 284</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 285</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 286</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 287</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 288</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 289</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 290</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 291</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 292</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 293</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 294</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 295</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 296</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 297</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 298</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 299</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 300</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 301</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 302</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 303</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 304</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 305</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 306</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 307</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 308</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 309</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 310</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 311</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 312</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 313</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 314</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 315</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 316</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 317</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 318</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 319</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 320</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 321</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 322</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 323</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 324</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 325</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 326</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 327</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 328</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 329</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 330</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 331</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 332</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 333</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 334</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 335</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 336</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 337</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 338</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 339</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 340</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 341</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 342</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 343</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 344</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 345</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 346</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 347</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 348</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 349</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 350</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 351</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 352</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 353</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 354</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 355</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 356</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 357</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 358</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 359</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 360</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 361</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 362</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 363</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 364</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 365</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 366</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 367</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 368</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 369</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 370</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 371</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 372</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 373</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 374</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 375</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 376</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 377</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 378</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 379</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 380</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 381</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 382</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 383</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 384</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 385</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 386</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 387</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 388</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 389</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 390</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 391</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 392</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 393</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 394</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 395</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 396</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 397</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 398</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 399</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 400</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 401</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 402</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 403</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 404</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 405</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 406</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 407</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 408</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 409</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 410</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 411</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 412</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 413</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 414</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 415</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 416</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 417</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 418</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 419</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 420</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 421</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 422</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 423</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 424</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 425</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 426</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 427</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 428</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 429</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 430</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 431</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 432</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 433</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 434</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 435</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 436</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 437</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 438</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 439</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 440</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 441</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 442</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 443</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 444</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 446</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 447</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 449</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 450</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 451</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 452</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 453</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 454</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 455</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 456</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 457</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 458</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 459</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 460</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 461</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 462</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 463</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 464</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 465</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 466</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 468</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 469</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 470</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 471</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 472</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 473</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 474</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 475</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 476</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 477</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 478</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 479</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 480</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 481</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 482</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 483</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 484</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 485</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 486</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 487</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 488</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 489</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 490</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 491</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 492</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 493</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 494</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 495</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 496</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 497</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 498</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 499</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 500</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 501</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 502</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 503</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 504</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 505</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 506</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 507</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 508</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 509</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 510</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 511</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 512</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 513</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 514</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 515</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 516</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 517</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 518</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 519</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 520</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 521</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 522</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 523</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 524</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 525</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 526</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 527</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 528</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 529</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 530</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 531</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 532</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 533</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 534</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 535</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 536</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 537</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 538</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 539</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 540</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 541</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 542</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 543</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 544</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 545</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 546</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 547</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 548</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 549</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 550</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 551</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 552</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 553</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 554</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 555</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 556</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 557</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 558</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 559</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 560</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 561</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 562</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 563</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 564</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 565</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 566</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 567</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 568</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 569</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 570</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 571</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 572</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 573</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 574</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 575</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 576</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 577</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 578</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 579</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 580</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 581</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 582</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 583</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 584</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 585</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 586</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 587</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 588</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 589</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 590</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 591</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 592</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 593</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 594</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 595</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 596</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 597</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 598</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 599</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 600</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 601</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 602</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 603</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 604</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 605</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 606</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 607</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 608</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 609</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 610</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 611</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 612</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 613</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 614</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 615</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 616</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 617</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 618</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 619</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 620</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 621</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 622</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 623</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 624</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 625</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 626</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 627</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 628</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 629</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 630</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 631</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 632</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 633</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 634</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 635</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 636</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 637</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 638</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 639</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 640</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 641</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 642</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 643</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 644</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 645</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 646</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 647</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 648</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 649</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 650</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 651</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 652</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 653</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 654</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 655</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 656</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 657</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 658</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 659</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 660</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 661</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 662</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 663</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 664</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 665</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 666</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 667</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 668</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 669</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 670</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 671</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 672</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 673</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 674</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 675</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 676</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 677</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 678</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 679</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 680</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 681</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 682</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 683</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 684</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 685</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 686</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 687</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 688</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 689</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 690</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 691</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 692</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 693</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 694</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 695</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 696</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 697</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 698</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 699</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 700</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 701</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 702</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 703</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 704</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 705</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 706</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 707</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 708</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 709</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 710</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 711</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 712</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 713</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 714</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 715</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 716</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 717</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 718</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 719</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 720</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 721</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 722</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 723</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 724</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 725</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 726</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 727</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 728</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 729</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 730</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 731</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 732</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 733</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 734</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 735</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 736</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 737</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 738</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 739</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 740</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 741</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 742</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 743</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 744</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 745</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 746</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 747</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 748</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 749</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 750</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 751</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 752</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 753</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 754</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 755</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 756</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 757</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 758</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 759</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 760</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 761</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 762</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 763</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 764</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 765</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 766</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 767</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 768</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 769</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 770</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 771</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 772</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 773</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 774</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 775</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 776</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 777</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 778</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 779</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 780</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 781</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 782</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 783</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 784</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 785</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 786</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 787</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 788</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 789</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 790</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 791</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 792</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 793</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 794</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 795</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 796</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 797</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 798</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 799</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 800</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 801</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 802</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 803</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 804</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 805</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 806</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 807</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 808</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 809</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 810</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 811</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 812</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 813</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 814</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 815</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 816</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 817</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 818</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 819</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 820</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 821</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 822</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 823</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 824</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 825</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 826</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 827</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 828</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 829</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 830</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 831</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 832</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 833</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 834</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 835</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 836</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 837</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 838</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 839</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 840</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 841</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 842</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 843</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 844</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 845</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 846</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 847</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 848</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 849</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 850</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 851</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 852</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 853</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 854</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 855</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 856</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 857</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 858</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 859</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 860</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 861</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 862</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 863</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 864</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 865</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 866</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 867</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 868</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 869</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 870</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 871</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 872</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 873</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 874</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 875</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 876</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 877</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 878</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 879</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 880</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 881</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 882</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 883</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 884</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 885</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 886</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 887</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 888</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 889</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 890</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 891</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 892</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 893</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 894</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 895</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 896</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 897</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 898</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 899</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 900</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 901</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 902</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 903</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 904</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 905</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 906</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 907</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 908</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 909</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 910</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 911</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 912</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 913</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 914</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 915</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 916</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 917</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 918</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 919</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 920</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 921</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 922</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 923</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 924</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 925</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 926</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 927</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 928</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 929</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 930</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 931</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 932</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 933</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 934</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 935</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 936</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 937</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 938</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 939</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 940</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 941</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 942</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 943</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 944</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 945</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 946</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 947</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 948</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 949</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 950</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 951</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 952</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 953</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 954</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 955</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 956</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 957</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 958</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 959</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 960</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 961</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 962</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 963</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 964</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 965</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 966</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 967</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 968</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 969</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 970</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 971</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 972</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 973</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 974</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 975</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 976</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 977</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 978</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 979</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 980</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 981</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 982</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 983</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 984</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 985</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 986</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 987</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 988</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 989</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 990</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 991</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 992</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 993</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 994</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 995</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 996</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 997</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 998</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 999</t>
+  </si>
+  <si>
+    <t>1000</t>
+  </si>
+  <si>
+    <t>1001</t>
+  </si>
+  <si>
+    <t>1002</t>
+  </si>
+  <si>
+    <t>1003</t>
+  </si>
+  <si>
+    <t>1004</t>
+  </si>
+  <si>
+    <t>1005</t>
+  </si>
+  <si>
+    <t>1006</t>
+  </si>
+  <si>
+    <t>1007</t>
+  </si>
+  <si>
+    <t>1008</t>
+  </si>
+  <si>
+    <t>1009</t>
+  </si>
+  <si>
+    <t>1010</t>
+  </si>
+  <si>
+    <t>1011</t>
+  </si>
+  <si>
+    <t>1012</t>
+  </si>
+  <si>
+    <t>1013</t>
+  </si>
+  <si>
+    <t>1014</t>
+  </si>
+  <si>
+    <t>1015</t>
+  </si>
+  <si>
+    <t>1016</t>
+  </si>
+  <si>
+    <t>1017</t>
+  </si>
+  <si>
+    <t>1018</t>
+  </si>
+  <si>
+    <t>1019</t>
+  </si>
+  <si>
+    <t>1020</t>
+  </si>
+  <si>
+    <t>1021</t>
+  </si>
+  <si>
+    <t>1022</t>
+  </si>
+  <si>
+    <t>1023</t>
+  </si>
+  <si>
+    <t>1024</t>
+  </si>
+  <si>
+    <t>1025</t>
+  </si>
+  <si>
+    <t>1026</t>
+  </si>
+  <si>
+    <t>1027</t>
+  </si>
+  <si>
+    <t>1028</t>
+  </si>
+  <si>
+    <t>1029</t>
+  </si>
+  <si>
+    <t>1030</t>
+  </si>
+  <si>
+    <t>1031</t>
+  </si>
+  <si>
+    <t>1032</t>
+  </si>
+  <si>
+    <t>1033</t>
+  </si>
+  <si>
+    <t>1034</t>
+  </si>
+  <si>
+    <t>1035</t>
+  </si>
+  <si>
+    <t>1036</t>
+  </si>
+  <si>
+    <t>1037</t>
+  </si>
+  <si>
+    <t>1038</t>
+  </si>
+  <si>
+    <t>1039</t>
+  </si>
+  <si>
+    <t>1040</t>
+  </si>
+  <si>
+    <t>1041</t>
+  </si>
+  <si>
+    <t>1042</t>
+  </si>
+  <si>
+    <t>1043</t>
+  </si>
+  <si>
+    <t>1044</t>
+  </si>
+  <si>
+    <t>1045</t>
+  </si>
+  <si>
+    <t>1046</t>
+  </si>
+  <si>
+    <t>1047</t>
+  </si>
+  <si>
+    <t>1048</t>
+  </si>
+  <si>
+    <t>1049</t>
+  </si>
+  <si>
+    <t>1050</t>
+  </si>
+  <si>
+    <t>1051</t>
+  </si>
+  <si>
+    <t>1052</t>
+  </si>
+  <si>
+    <t>1053</t>
+  </si>
+  <si>
+    <t>1054</t>
+  </si>
+  <si>
+    <t>1055</t>
+  </si>
+  <si>
+    <t>1056</t>
+  </si>
+  <si>
+    <t>1057</t>
+  </si>
+  <si>
+    <t>1058</t>
+  </si>
+  <si>
+    <t>1059</t>
+  </si>
+  <si>
+    <t>1060</t>
+  </si>
+  <si>
+    <t>1061</t>
+  </si>
+  <si>
+    <t>1062</t>
+  </si>
+  <si>
+    <t>1063</t>
+  </si>
+  <si>
+    <t>1064</t>
+  </si>
+  <si>
+    <t>1065</t>
+  </si>
+  <si>
+    <t>1066</t>
+  </si>
+  <si>
+    <t>1067</t>
+  </si>
+  <si>
+    <t>1068</t>
+  </si>
+  <si>
+    <t>1069</t>
+  </si>
+  <si>
+    <t>1070</t>
+  </si>
+  <si>
+    <t>1071</t>
+  </si>
+  <si>
+    <t>1072</t>
+  </si>
+  <si>
+    <t>1073</t>
+  </si>
+  <si>
+    <t>1074</t>
+  </si>
+  <si>
+    <t>1075</t>
+  </si>
+  <si>
+    <t>1076</t>
+  </si>
+  <si>
+    <t>1077</t>
+  </si>
+  <si>
+    <t>1078</t>
+  </si>
+  <si>
+    <t>1079</t>
+  </si>
+  <si>
+    <t>1080</t>
+  </si>
+  <si>
+    <t>1081</t>
+  </si>
+  <si>
+    <t>1082</t>
+  </si>
+  <si>
+    <t>1083</t>
+  </si>
+  <si>
+    <t>1084</t>
+  </si>
+  <si>
+    <t>1085</t>
+  </si>
+  <si>
+    <t>1086</t>
+  </si>
+  <si>
+    <t>1087</t>
+  </si>
+  <si>
+    <t>1088</t>
+  </si>
+  <si>
+    <t>1089</t>
+  </si>
+  <si>
+    <t>1090</t>
+  </si>
+  <si>
+    <t>1091</t>
+  </si>
+  <si>
+    <t>1092</t>
+  </si>
+  <si>
+    <t>1093</t>
+  </si>
+  <si>
+    <t>1094</t>
+  </si>
+  <si>
+    <t>1095</t>
+  </si>
+  <si>
+    <t>1096</t>
+  </si>
+  <si>
+    <t>1097</t>
+  </si>
+  <si>
+    <t>1098</t>
+  </si>
+  <si>
+    <t>1099</t>
+  </si>
+  <si>
+    <t>1100</t>
+  </si>
+  <si>
+    <t>1101</t>
+  </si>
+  <si>
+    <t>1102</t>
+  </si>
+  <si>
+    <t>1103</t>
+  </si>
+  <si>
+    <t>1104</t>
+  </si>
+  <si>
+    <t>1105</t>
+  </si>
+  <si>
+    <t>1106</t>
+  </si>
+  <si>
+    <t>1107</t>
+  </si>
+  <si>
+    <t>1108</t>
+  </si>
+  <si>
+    <t>1109</t>
+  </si>
+  <si>
+    <t>1110</t>
+  </si>
+  <si>
+    <t>1111</t>
+  </si>
+  <si>
+    <t>1112</t>
+  </si>
+  <si>
+    <t>1113</t>
+  </si>
+  <si>
+    <t>1114</t>
+  </si>
+  <si>
+    <t>1115</t>
+  </si>
+  <si>
+    <t>1116</t>
+  </si>
+  <si>
+    <t>1117</t>
+  </si>
+  <si>
+    <t>1118</t>
+  </si>
+  <si>
+    <t>1119</t>
+  </si>
+  <si>
+    <t>1120</t>
+  </si>
+  <si>
+    <t>1121</t>
+  </si>
+  <si>
+    <t>1122</t>
+  </si>
+  <si>
+    <t>1123</t>
+  </si>
+  <si>
+    <t>1124</t>
+  </si>
+  <si>
+    <t>1125</t>
+  </si>
+  <si>
+    <t>1126</t>
+  </si>
+  <si>
+    <t>1127</t>
+  </si>
+  <si>
+    <t>1128</t>
+  </si>
+  <si>
+    <t>1129</t>
+  </si>
+  <si>
+    <t>1130</t>
+  </si>
+  <si>
+    <t>1131</t>
+  </si>
+  <si>
+    <t>1132</t>
+  </si>
+  <si>
+    <t>1133</t>
+  </si>
+  <si>
+    <t>1134</t>
+  </si>
+  <si>
+    <t>1135</t>
+  </si>
+  <si>
+    <t>1136</t>
+  </si>
+  <si>
+    <t>1137</t>
+  </si>
+  <si>
+    <t>1138</t>
+  </si>
+  <si>
+    <t>1139</t>
+  </si>
+  <si>
+    <t>1140</t>
+  </si>
+  <si>
+    <t>1141</t>
+  </si>
+  <si>
+    <t>1142</t>
+  </si>
+  <si>
+    <t>1143</t>
+  </si>
+  <si>
+    <t>1144</t>
+  </si>
+  <si>
+    <t>1145</t>
+  </si>
+  <si>
+    <t>1146</t>
+  </si>
+  <si>
+    <t>1147</t>
+  </si>
+  <si>
+    <t>1148</t>
+  </si>
+  <si>
+    <t>1149</t>
+  </si>
+  <si>
+    <t>1150</t>
+  </si>
+  <si>
+    <t>1151</t>
+  </si>
+  <si>
+    <t>1152</t>
+  </si>
+  <si>
+    <t>1153</t>
+  </si>
+  <si>
+    <t>1154</t>
+  </si>
+  <si>
+    <t>1155</t>
+  </si>
+  <si>
+    <t>1156</t>
+  </si>
+  <si>
+    <t>1157</t>
+  </si>
+  <si>
+    <t>1158</t>
+  </si>
+  <si>
+    <t>1159</t>
+  </si>
+  <si>
+    <t>1160</t>
+  </si>
+  <si>
+    <t>1161</t>
+  </si>
+  <si>
+    <t>1162</t>
+  </si>
+  <si>
+    <t>1163</t>
+  </si>
+  <si>
+    <t>1164</t>
+  </si>
+  <si>
+    <t>1165</t>
+  </si>
+  <si>
+    <t>1166</t>
+  </si>
+  <si>
+    <t>1167</t>
+  </si>
+  <si>
+    <t>1168</t>
+  </si>
+  <si>
+    <t>1169</t>
+  </si>
+  <si>
+    <t>1170</t>
+  </si>
+  <si>
+    <t>1171</t>
+  </si>
+  <si>
+    <t>1172</t>
+  </si>
+  <si>
+    <t>1173</t>
+  </si>
+  <si>
+    <t>1174</t>
+  </si>
+  <si>
+    <t>1175</t>
+  </si>
+  <si>
+    <t>1176</t>
+  </si>
+  <si>
+    <t>1177</t>
+  </si>
+  <si>
+    <t>1178</t>
+  </si>
+  <si>
+    <t>1179</t>
+  </si>
+  <si>
+    <t>1180</t>
+  </si>
+  <si>
+    <t>1181</t>
+  </si>
+  <si>
+    <t>1182</t>
+  </si>
+  <si>
+    <t>1183</t>
+  </si>
+  <si>
+    <t>1184</t>
+  </si>
+  <si>
+    <t>1185</t>
+  </si>
+  <si>
+    <t>1186</t>
+  </si>
+  <si>
+    <t>1187</t>
+  </si>
+  <si>
+    <t>1188</t>
+  </si>
+  <si>
+    <t>1189</t>
+  </si>
+  <si>
+    <t>1190</t>
+  </si>
+  <si>
+    <t>1191</t>
+  </si>
+  <si>
+    <t>1192</t>
+  </si>
+  <si>
+    <t>1193</t>
+  </si>
+  <si>
+    <t>1194</t>
+  </si>
+  <si>
+    <t>1195</t>
+  </si>
+  <si>
+    <t>1196</t>
+  </si>
+  <si>
+    <t>1197</t>
+  </si>
+  <si>
+    <t>1198</t>
+  </si>
+  <si>
+    <t>1199</t>
+  </si>
+  <si>
+    <t>1200</t>
+  </si>
+  <si>
+    <t>1201</t>
+  </si>
+  <si>
+    <t>1202</t>
+  </si>
+  <si>
+    <t>1203</t>
+  </si>
+  <si>
+    <t>1204</t>
+  </si>
+  <si>
+    <t>1205</t>
+  </si>
+  <si>
+    <t>1206</t>
+  </si>
+  <si>
+    <t>1207</t>
+  </si>
+  <si>
+    <t>1208</t>
+  </si>
+  <si>
+    <t>1209</t>
+  </si>
+  <si>
+    <t>1210</t>
+  </si>
+  <si>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>1212</t>
+  </si>
+  <si>
+    <t>1213</t>
+  </si>
+  <si>
+    <t>1214</t>
+  </si>
+  <si>
+    <t>1215</t>
+  </si>
+  <si>
+    <t>1216</t>
+  </si>
+  <si>
+    <t>1217</t>
+  </si>
+  <si>
+    <t>1218</t>
+  </si>
+  <si>
+    <t>1219</t>
+  </si>
+  <si>
+    <t>1220</t>
+  </si>
+  <si>
+    <t>1221</t>
+  </si>
+  <si>
+    <t>1222</t>
+  </si>
+  <si>
+    <t>1223</t>
+  </si>
+  <si>
+    <t>1224</t>
+  </si>
+  <si>
+    <t>1225</t>
+  </si>
+  <si>
+    <t>1226</t>
+  </si>
+  <si>
+    <t>1227</t>
+  </si>
+  <si>
+    <t>1228</t>
+  </si>
+  <si>
+    <t>1229</t>
+  </si>
+  <si>
+    <t>1230</t>
+  </si>
+  <si>
+    <t>1231</t>
+  </si>
+  <si>
+    <t>1232</t>
+  </si>
+  <si>
+    <t>1233</t>
+  </si>
+  <si>
+    <t>1234</t>
+  </si>
+  <si>
+    <t>1235</t>
+  </si>
+  <si>
+    <t>1236</t>
+  </si>
+  <si>
+    <t>1237</t>
+  </si>
+  <si>
+    <t>1238</t>
+  </si>
+  <si>
+    <t>1239</t>
+  </si>
+  <si>
+    <t>1240</t>
+  </si>
+  <si>
+    <t>1241</t>
+  </si>
+  <si>
+    <t>1242</t>
+  </si>
+  <si>
+    <t>1243</t>
+  </si>
+  <si>
+    <t>1244</t>
+  </si>
+  <si>
+    <t>1245</t>
+  </si>
+  <si>
+    <t>1246</t>
+  </si>
+  <si>
+    <t>1247</t>
+  </si>
+  <si>
+    <t>1248</t>
+  </si>
+  <si>
+    <t>1249</t>
+  </si>
+  <si>
+    <t>1250</t>
+  </si>
+  <si>
+    <t>1251</t>
+  </si>
+  <si>
+    <t>1252</t>
+  </si>
+  <si>
+    <t>1253</t>
+  </si>
+  <si>
+    <t>1254</t>
+  </si>
+  <si>
+    <t>1255</t>
+  </si>
+  <si>
+    <t>1256</t>
+  </si>
+  <si>
+    <t>1257</t>
+  </si>
+  <si>
+    <t>1258</t>
+  </si>
+  <si>
+    <t>1259</t>
+  </si>
+  <si>
+    <t>1260</t>
+  </si>
+  <si>
+    <t>1261</t>
+  </si>
+  <si>
+    <t>1262</t>
+  </si>
+  <si>
+    <t>1263</t>
+  </si>
+  <si>
+    <t>1264</t>
+  </si>
+  <si>
+    <t>1265</t>
+  </si>
+  <si>
+    <t>1266</t>
+  </si>
+  <si>
+    <t>1267</t>
+  </si>
+  <si>
+    <t>1268</t>
+  </si>
+  <si>
+    <t>1269</t>
+  </si>
+  <si>
+    <t>1270</t>
+  </si>
+  <si>
+    <t>1271</t>
+  </si>
+  <si>
+    <t>1272</t>
+  </si>
+  <si>
+    <t>1273</t>
+  </si>
+  <si>
+    <t>1274</t>
+  </si>
+  <si>
+    <t>1275</t>
+  </si>
+  <si>
+    <t>1276</t>
+  </si>
+  <si>
+    <t>1277</t>
+  </si>
+  <si>
+    <t>1278</t>
+  </si>
+  <si>
+    <t>1279</t>
+  </si>
+  <si>
+    <t>1280</t>
+  </si>
+  <si>
+    <t>1281</t>
+  </si>
+  <si>
+    <t>1282</t>
+  </si>
+  <si>
+    <t>1283</t>
+  </si>
+  <si>
+    <t>1284</t>
+  </si>
+  <si>
+    <t>1285</t>
+  </si>
+  <si>
+    <t>1286</t>
+  </si>
+  <si>
+    <t>1287</t>
+  </si>
+  <si>
+    <t>1288</t>
+  </si>
+  <si>
+    <t>1289</t>
+  </si>
+  <si>
+    <t>1290</t>
+  </si>
+  <si>
+    <t>1291</t>
+  </si>
+  <si>
+    <t>1292</t>
+  </si>
+  <si>
+    <t>1293</t>
+  </si>
+  <si>
+    <t>1294</t>
+  </si>
+  <si>
+    <t>1295</t>
+  </si>
+  <si>
+    <t>1296</t>
+  </si>
+  <si>
+    <t>1297</t>
+  </si>
+  <si>
+    <t>1298</t>
+  </si>
+  <si>
+    <t>1299</t>
+  </si>
+  <si>
+    <t>1300</t>
+  </si>
+  <si>
+    <t>1301</t>
+  </si>
+  <si>
+    <t>1302</t>
+  </si>
+  <si>
+    <t>1303</t>
+  </si>
+  <si>
+    <t>1304</t>
+  </si>
+  <si>
+    <t>1305</t>
+  </si>
+  <si>
+    <t>1306</t>
+  </si>
+  <si>
+    <t>1307</t>
+  </si>
+  <si>
+    <t>1308</t>
+  </si>
+  <si>
+    <t>1309</t>
+  </si>
+  <si>
+    <t>1310</t>
+  </si>
+  <si>
+    <t>1311</t>
+  </si>
+  <si>
+    <t>1312</t>
+  </si>
+  <si>
+    <t>1313</t>
+  </si>
+  <si>
+    <t>1314</t>
+  </si>
+  <si>
+    <t>1315</t>
+  </si>
+  <si>
+    <t>1316</t>
+  </si>
+  <si>
+    <t>1317</t>
+  </si>
+  <si>
+    <t>1318</t>
+  </si>
+  <si>
+    <t>1319</t>
+  </si>
+  <si>
+    <t>1320</t>
+  </si>
+  <si>
+    <t>1321</t>
+  </si>
+  <si>
+    <t>1322</t>
+  </si>
+  <si>
+    <t>1323</t>
+  </si>
+  <si>
+    <t>1324</t>
+  </si>
+  <si>
+    <t>1325</t>
+  </si>
+  <si>
+    <t>1326</t>
+  </si>
+  <si>
+    <t>1327</t>
+  </si>
+  <si>
+    <t>1328</t>
+  </si>
+  <si>
+    <t>1329</t>
+  </si>
+  <si>
+    <t>1330</t>
+  </si>
+  <si>
+    <t>1331</t>
+  </si>
+  <si>
+    <t>1332</t>
+  </si>
+  <si>
+    <t>1333</t>
+  </si>
+  <si>
+    <t>1334</t>
+  </si>
+  <si>
+    <t>1335</t>
+  </si>
+  <si>
+    <t>1336</t>
+  </si>
+  <si>
+    <t>1337</t>
+  </si>
+  <si>
+    <t>1338</t>
+  </si>
+  <si>
+    <t>1339</t>
+  </si>
+  <si>
+    <t>1340</t>
+  </si>
+  <si>
+    <t>1341</t>
+  </si>
+  <si>
+    <t>1342</t>
+  </si>
+  <si>
+    <t>1343</t>
+  </si>
+  <si>
+    <t>1344</t>
+  </si>
+  <si>
+    <t>1345</t>
+  </si>
+  <si>
+    <t>1346</t>
+  </si>
+  <si>
+    <t>1347</t>
+  </si>
+  <si>
+    <t>1348</t>
+  </si>
+  <si>
+    <t>1349</t>
+  </si>
+  <si>
+    <t>1350</t>
+  </si>
+  <si>
+    <t>1351</t>
+  </si>
+  <si>
+    <t>1352</t>
+  </si>
+  <si>
+    <t>1353</t>
+  </si>
+  <si>
+    <t>1354</t>
+  </si>
+  <si>
+    <t>1355</t>
+  </si>
+  <si>
+    <t>1356</t>
+  </si>
+  <si>
+    <t>1357</t>
+  </si>
+  <si>
+    <t>1358</t>
+  </si>
+  <si>
+    <t>1359</t>
+  </si>
+  <si>
+    <t>1360</t>
+  </si>
+  <si>
+    <t>1361</t>
+  </si>
+  <si>
+    <t>1362</t>
+  </si>
+  <si>
+    <t>1363</t>
+  </si>
+  <si>
+    <t>1364</t>
+  </si>
+  <si>
+    <t>1365</t>
+  </si>
+  <si>
+    <t>1366</t>
+  </si>
+  <si>
+    <t>1367</t>
+  </si>
+  <si>
+    <t>1368</t>
+  </si>
+  <si>
+    <t>1369</t>
+  </si>
+  <si>
+    <t>1370</t>
+  </si>
+  <si>
+    <t>1371</t>
+  </si>
+  <si>
+    <t>1372</t>
+  </si>
+  <si>
+    <t>1373</t>
+  </si>
+  <si>
+    <t>1374</t>
+  </si>
+  <si>
+    <t>1375</t>
+  </si>
+  <si>
+    <t>1376</t>
+  </si>
+  <si>
+    <t>1377</t>
+  </si>
+  <si>
+    <t>1378</t>
+  </si>
+  <si>
+    <t>1379</t>
+  </si>
+  <si>
+    <t>1380</t>
+  </si>
+  <si>
+    <t>1381</t>
+  </si>
+  <si>
+    <t>1382</t>
+  </si>
+  <si>
+    <t>1383</t>
+  </si>
+  <si>
+    <t>1384</t>
+  </si>
+  <si>
+    <t>1385</t>
+  </si>
+  <si>
+    <t>1386</t>
+  </si>
+  <si>
+    <t>1387</t>
+  </si>
+  <si>
+    <t>1388</t>
+  </si>
+  <si>
+    <t>1389</t>
+  </si>
+  <si>
+    <t>1390</t>
+  </si>
+  <si>
+    <t>1391</t>
+  </si>
+  <si>
+    <t>1392</t>
+  </si>
+  <si>
+    <t>1393</t>
+  </si>
+  <si>
+    <t>1394</t>
+  </si>
+  <si>
+    <t>1395</t>
+  </si>
+  <si>
+    <t>1396</t>
+  </si>
+  <si>
+    <t>1397</t>
+  </si>
+  <si>
+    <t>1398</t>
+  </si>
+  <si>
+    <t>1399</t>
+  </si>
+  <si>
+    <t>1400</t>
+  </si>
+  <si>
+    <t>1401</t>
+  </si>
+  <si>
+    <t>1402</t>
+  </si>
+  <si>
+    <t>1403</t>
+  </si>
+  <si>
+    <t>1404</t>
+  </si>
+  <si>
+    <t>1405</t>
+  </si>
+  <si>
+    <t>1406</t>
+  </si>
+  <si>
+    <t>1407</t>
+  </si>
+  <si>
+    <t>1408</t>
+  </si>
+  <si>
+    <t>1409</t>
+  </si>
+  <si>
+    <t>1410</t>
+  </si>
+  <si>
+    <t>1411</t>
+  </si>
+  <si>
+    <t>1412</t>
+  </si>
+  <si>
+    <t>1413</t>
+  </si>
+  <si>
+    <t>1414</t>
+  </si>
+  <si>
+    <t>1415</t>
+  </si>
+  <si>
+    <t>1416</t>
+  </si>
+  <si>
+    <t>1417</t>
+  </si>
+  <si>
+    <t>1418</t>
+  </si>
+  <si>
+    <t>1419</t>
+  </si>
+  <si>
+    <t>1420</t>
+  </si>
+  <si>
+    <t>1421</t>
+  </si>
+  <si>
+    <t>1422</t>
+  </si>
+  <si>
+    <t>1423</t>
+  </si>
+  <si>
+    <t>1424</t>
+  </si>
+  <si>
+    <t>1425</t>
+  </si>
+  <si>
+    <t>1426</t>
+  </si>
+  <si>
+    <t>1427</t>
+  </si>
+  <si>
+    <t>1428</t>
+  </si>
+  <si>
+    <t>1429</t>
+  </si>
+  <si>
+    <t>1430</t>
+  </si>
+  <si>
+    <t>1431</t>
+  </si>
+  <si>
+    <t>1432</t>
+  </si>
+  <si>
+    <t>1433</t>
+  </si>
+  <si>
+    <t>1434</t>
+  </si>
+  <si>
+    <t>1435</t>
+  </si>
+  <si>
+    <t>1436</t>
+  </si>
+  <si>
+    <t>1437</t>
+  </si>
+  <si>
+    <t>1438</t>
+  </si>
+  <si>
+    <t>1439</t>
+  </si>
+  <si>
+    <t>1440</t>
+  </si>
+  <si>
+    <t>1441</t>
+  </si>
+  <si>
+    <t>1442</t>
+  </si>
+  <si>
+    <t>1443</t>
+  </si>
+  <si>
+    <t>1444</t>
+  </si>
+  <si>
+    <t>1445</t>
+  </si>
+  <si>
+    <t>1446</t>
+  </si>
+  <si>
+    <t>1447</t>
+  </si>
+  <si>
+    <t>1448</t>
+  </si>
+  <si>
+    <t>1449</t>
+  </si>
+  <si>
+    <t>1450</t>
+  </si>
+  <si>
+    <t>1451</t>
+  </si>
+  <si>
+    <t>1452</t>
+  </si>
+  <si>
+    <t>1453</t>
+  </si>
+  <si>
+    <t>1454</t>
+  </si>
+  <si>
+    <t>1455</t>
+  </si>
+  <si>
+    <t>1456</t>
+  </si>
+  <si>
+    <t>1457</t>
+  </si>
+  <si>
+    <t>1458</t>
+  </si>
+  <si>
+    <t>1459</t>
+  </si>
+  <si>
+    <t>1460</t>
+  </si>
+  <si>
+    <t>1461</t>
+  </si>
+  <si>
+    <t>1462</t>
+  </si>
+  <si>
+    <t>1463</t>
+  </si>
+  <si>
+    <t>1464</t>
+  </si>
+  <si>
+    <t>1465</t>
+  </si>
+  <si>
+    <t>1466</t>
+  </si>
+  <si>
+    <t>1467</t>
+  </si>
+  <si>
+    <t>1468</t>
+  </si>
+  <si>
+    <t>1469</t>
+  </si>
+  <si>
+    <t>1470</t>
+  </si>
+  <si>
+    <t>1471</t>
+  </si>
+  <si>
+    <t>1472</t>
+  </si>
+  <si>
+    <t>1473</t>
+  </si>
+  <si>
+    <t>1474</t>
+  </si>
+  <si>
+    <t>1475</t>
+  </si>
+  <si>
+    <t>1476</t>
+  </si>
+  <si>
+    <t>1477</t>
+  </si>
+  <si>
+    <t>1478</t>
+  </si>
+  <si>
+    <t>1479</t>
+  </si>
+  <si>
+    <t>1480</t>
+  </si>
+  <si>
+    <t>1481</t>
+  </si>
+  <si>
+    <t>1482</t>
+  </si>
+  <si>
+    <t>1483</t>
+  </si>
+  <si>
+    <t>1484</t>
+  </si>
+  <si>
+    <t>1485</t>
+  </si>
+  <si>
+    <t>1486</t>
+  </si>
+  <si>
+    <t>1487</t>
+  </si>
+  <si>
+    <t>1488</t>
+  </si>
+  <si>
+    <t>1489</t>
+  </si>
+  <si>
+    <t>1490</t>
+  </si>
+  <si>
+    <t>1491</t>
+  </si>
+  <si>
+    <t>1492</t>
+  </si>
+  <si>
+    <t>1493</t>
+  </si>
+  <si>
+    <t>1494</t>
+  </si>
+  <si>
+    <t>1495</t>
+  </si>
+  <si>
+    <t>1496</t>
+  </si>
+  <si>
+    <t>1497</t>
+  </si>
+  <si>
+    <t>1498</t>
+  </si>
+  <si>
+    <t>1499</t>
+  </si>
+  <si>
+    <t>1500</t>
+  </si>
+  <si>
+    <t>1501</t>
+  </si>
+  <si>
+    <t>1502</t>
+  </si>
+  <si>
+    <t>1503</t>
+  </si>
+  <si>
+    <t>1504</t>
+  </si>
+  <si>
+    <t>1505</t>
+  </si>
+  <si>
+    <t>1506</t>
+  </si>
+  <si>
+    <t>1507</t>
+  </si>
+  <si>
+    <t>1508</t>
+  </si>
+  <si>
+    <t>1509</t>
+  </si>
+  <si>
+    <t>1510</t>
+  </si>
+  <si>
+    <t>1511</t>
+  </si>
+  <si>
+    <t>1512</t>
+  </si>
+  <si>
+    <t>1513</t>
+  </si>
+  <si>
+    <t>1514</t>
+  </si>
+  <si>
+    <t>1515</t>
+  </si>
+  <si>
+    <t>1516</t>
+  </si>
+  <si>
+    <t>1517</t>
+  </si>
+  <si>
+    <t>1518</t>
+  </si>
+  <si>
+    <t>1519</t>
+  </si>
+  <si>
+    <t>1520</t>
+  </si>
+  <si>
+    <t>1521</t>
+  </si>
+  <si>
+    <t>1522</t>
+  </si>
+  <si>
+    <t>1523</t>
+  </si>
+  <si>
+    <t>1524</t>
+  </si>
+  <si>
+    <t>1525</t>
+  </si>
+  <si>
+    <t>1526</t>
+  </si>
+  <si>
+    <t>1527</t>
+  </si>
+  <si>
+    <t>1528</t>
+  </si>
+  <si>
+    <t>1529</t>
+  </si>
+  <si>
+    <t>1530</t>
+  </si>
+  <si>
+    <t>1531</t>
+  </si>
+  <si>
+    <t>1532</t>
+  </si>
+  <si>
+    <t>1533</t>
+  </si>
+  <si>
+    <t>1534</t>
+  </si>
+  <si>
+    <t>1535</t>
+  </si>
+  <si>
+    <t>1536</t>
+  </si>
+  <si>
+    <t>1537</t>
+  </si>
+  <si>
+    <t>1538</t>
+  </si>
+  <si>
+    <t>1539</t>
+  </si>
+  <si>
+    <t>1540</t>
+  </si>
+  <si>
+    <t>1541</t>
+  </si>
+  <si>
+    <t>1542</t>
+  </si>
+  <si>
+    <t>1543</t>
+  </si>
+  <si>
+    <t>1544</t>
+  </si>
+  <si>
+    <t>1545</t>
+  </si>
+  <si>
+    <t>1546</t>
+  </si>
+  <si>
+    <t>1547</t>
+  </si>
+  <si>
+    <t>1548</t>
+  </si>
+  <si>
+    <t>1549</t>
+  </si>
+  <si>
+    <t>1550</t>
+  </si>
+  <si>
+    <t>1551</t>
+  </si>
+  <si>
+    <t>1552</t>
+  </si>
+  <si>
+    <t>1553</t>
+  </si>
+  <si>
+    <t>1554</t>
+  </si>
+  <si>
+    <t>1555</t>
+  </si>
+  <si>
+    <t>1556</t>
+  </si>
+  <si>
+    <t>1557</t>
+  </si>
+  <si>
+    <t>1558</t>
+  </si>
+  <si>
+    <t>1559</t>
+  </si>
+  <si>
+    <t>1560</t>
+  </si>
+  <si>
+    <t>1561</t>
+  </si>
+  <si>
+    <t>1562</t>
+  </si>
+  <si>
+    <t>1563</t>
+  </si>
+  <si>
+    <t>1564</t>
+  </si>
+  <si>
+    <t>1565</t>
+  </si>
+  <si>
+    <t>1566</t>
+  </si>
+  <si>
+    <t>1567</t>
+  </si>
+  <si>
+    <t>1568</t>
+  </si>
+  <si>
+    <t>1569</t>
+  </si>
+  <si>
+    <t>1570</t>
+  </si>
+  <si>
+    <t>1571</t>
+  </si>
+  <si>
+    <t>1572</t>
+  </si>
+  <si>
+    <t>1573</t>
+  </si>
+  <si>
+    <t>1574</t>
+  </si>
+  <si>
+    <t>1575</t>
+  </si>
+  <si>
+    <t>1576</t>
+  </si>
+  <si>
+    <t>1577</t>
+  </si>
+  <si>
+    <t>1578</t>
+  </si>
+  <si>
+    <t>1579</t>
+  </si>
+  <si>
+    <t>1580</t>
+  </si>
+  <si>
+    <t>1581</t>
+  </si>
+  <si>
+    <t>1582</t>
+  </si>
+  <si>
+    <t>1583</t>
+  </si>
+  <si>
+    <t>1584</t>
+  </si>
+  <si>
+    <t>1585</t>
+  </si>
+  <si>
+    <t>1586</t>
+  </si>
+  <si>
+    <t>1587</t>
+  </si>
+  <si>
+    <t>1588</t>
+  </si>
+  <si>
+    <t>1589</t>
+  </si>
+  <si>
+    <t>1590</t>
+  </si>
+  <si>
+    <t>1591</t>
+  </si>
+  <si>
+    <t>1592</t>
+  </si>
+  <si>
+    <t>1593</t>
+  </si>
+  <si>
+    <t>1594</t>
+  </si>
+  <si>
+    <t>1595</t>
+  </si>
+  <si>
+    <t>1596</t>
+  </si>
+  <si>
+    <t>1597</t>
+  </si>
+  <si>
+    <t>1598</t>
+  </si>
+  <si>
+    <t>1599</t>
+  </si>
+  <si>
+    <t>1600</t>
+  </si>
+  <si>
+    <t>1601</t>
+  </si>
+  <si>
+    <t>1602</t>
+  </si>
+  <si>
+    <t>1603</t>
+  </si>
+  <si>
+    <t>1604</t>
+  </si>
+  <si>
+    <t>1605</t>
+  </si>
+  <si>
+    <t>1606</t>
+  </si>
+  <si>
+    <t>1607</t>
+  </si>
+  <si>
+    <t>1608</t>
+  </si>
+  <si>
+    <t>1609</t>
+  </si>
+  <si>
+    <t>1610</t>
+  </si>
+  <si>
+    <t>1611</t>
+  </si>
+  <si>
+    <t>1612</t>
+  </si>
+  <si>
+    <t>1613</t>
+  </si>
+  <si>
+    <t>1614</t>
+  </si>
+  <si>
+    <t>1615</t>
+  </si>
+  <si>
+    <t>1616</t>
+  </si>
+  <si>
+    <t>1617</t>
+  </si>
+  <si>
+    <t>1618</t>
+  </si>
+  <si>
+    <t>1619</t>
+  </si>
+  <si>
+    <t>1620</t>
+  </si>
+  <si>
+    <t>1621</t>
+  </si>
+  <si>
+    <t>1622</t>
+  </si>
+  <si>
+    <t>1623</t>
+  </si>
+  <si>
+    <t>1624</t>
+  </si>
+  <si>
+    <t>1625</t>
+  </si>
+  <si>
+    <t>1626</t>
+  </si>
+  <si>
+    <t>1627</t>
+  </si>
+  <si>
+    <t>1628</t>
+  </si>
+  <si>
+    <t>1629</t>
+  </si>
+  <si>
+    <t>1630</t>
+  </si>
+  <si>
+    <t>1631</t>
+  </si>
+  <si>
+    <t>1632</t>
+  </si>
+  <si>
+    <t>1633</t>
+  </si>
+  <si>
+    <t>1634</t>
+  </si>
+  <si>
+    <t>1635</t>
+  </si>
+  <si>
+    <t>1636</t>
+  </si>
+  <si>
+    <t>1637</t>
+  </si>
+  <si>
+    <t>1638</t>
+  </si>
+  <si>
+    <t>1639</t>
+  </si>
+  <si>
+    <t>1640</t>
+  </si>
+  <si>
+    <t>1641</t>
+  </si>
+  <si>
+    <t>1642</t>
+  </si>
+  <si>
+    <t>1643</t>
+  </si>
+  <si>
+    <t>1644</t>
+  </si>
+  <si>
+    <t>1645</t>
+  </si>
+  <si>
+    <t>1646</t>
+  </si>
+  <si>
+    <t>1647</t>
+  </si>
+  <si>
+    <t>1648</t>
+  </si>
+  <si>
+    <t>1649</t>
+  </si>
+  <si>
+    <t>1650</t>
+  </si>
+  <si>
+    <t>1651</t>
+  </si>
+  <si>
+    <t>1652</t>
+  </si>
+  <si>
+    <t>1653</t>
+  </si>
+  <si>
+    <t>1654</t>
+  </si>
+  <si>
+    <t>1655</t>
+  </si>
+  <si>
+    <t>1656</t>
+  </si>
+  <si>
+    <t>1657</t>
+  </si>
+  <si>
+    <t>1658</t>
+  </si>
+  <si>
+    <t>1659</t>
+  </si>
+  <si>
+    <t>1660</t>
+  </si>
+  <si>
+    <t>1661</t>
+  </si>
+  <si>
+    <t>1662</t>
+  </si>
+  <si>
+    <t>1663</t>
+  </si>
+  <si>
+    <t>1664</t>
+  </si>
+  <si>
+    <t>1665</t>
+  </si>
+  <si>
+    <t>1666</t>
+  </si>
+  <si>
+    <t>1667</t>
+  </si>
+  <si>
+    <t>1668</t>
+  </si>
+  <si>
+    <t>1669</t>
+  </si>
+  <si>
+    <t>1670</t>
+  </si>
+  <si>
+    <t>1671</t>
+  </si>
+  <si>
+    <t>1672</t>
+  </si>
+  <si>
+    <t>1673</t>
+  </si>
+  <si>
+    <t>1674</t>
+  </si>
+  <si>
+    <t>1675</t>
+  </si>
+  <si>
+    <t>1676</t>
+  </si>
+  <si>
+    <t>1677</t>
+  </si>
+  <si>
+    <t>1678</t>
+  </si>
+  <si>
+    <t>1679</t>
+  </si>
+  <si>
+    <t>1680</t>
+  </si>
+  <si>
+    <t>1681</t>
+  </si>
+  <si>
+    <t>1682</t>
+  </si>
+  <si>
+    <t>1683</t>
+  </si>
+  <si>
+    <t>1684</t>
+  </si>
+  <si>
+    <t>1685</t>
+  </si>
+  <si>
+    <t>1686</t>
+  </si>
+  <si>
+    <t>1687</t>
+  </si>
+  <si>
+    <t>1688</t>
+  </si>
+  <si>
+    <t>1689</t>
+  </si>
+  <si>
+    <t>1690</t>
+  </si>
+  <si>
+    <t>1691</t>
+  </si>
+  <si>
+    <t>1692</t>
+  </si>
+  <si>
+    <t>1693</t>
+  </si>
+  <si>
+    <t>1694</t>
+  </si>
+  <si>
+    <t>1695</t>
+  </si>
+  <si>
+    <t>1696</t>
+  </si>
+  <si>
+    <t>1697</t>
+  </si>
+  <si>
+    <t>1698</t>
+  </si>
+  <si>
+    <t>1699</t>
+  </si>
+  <si>
+    <t>1700</t>
+  </si>
+  <si>
+    <t>1701</t>
+  </si>
+  <si>
+    <t>1702</t>
+  </si>
+  <si>
+    <t>1703</t>
+  </si>
+  <si>
+    <t>1704</t>
+  </si>
+  <si>
+    <t>1705</t>
+  </si>
+  <si>
+    <t>1706</t>
+  </si>
+  <si>
+    <t>1707</t>
+  </si>
+  <si>
+    <t>1708</t>
+  </si>
+  <si>
+    <t>1709</t>
+  </si>
+  <si>
+    <t>1710</t>
+  </si>
+  <si>
+    <t>1711</t>
+  </si>
+  <si>
+    <t>1712</t>
+  </si>
+  <si>
+    <t>1713</t>
+  </si>
+  <si>
+    <t>1714</t>
+  </si>
+  <si>
+    <t>1715</t>
+  </si>
+  <si>
+    <t>1716</t>
+  </si>
+  <si>
+    <t>1717</t>
+  </si>
+  <si>
+    <t>1718</t>
+  </si>
+  <si>
+    <t>1719</t>
+  </si>
+  <si>
+    <t>1720</t>
+  </si>
+  <si>
+    <t>1721</t>
+  </si>
+  <si>
+    <t>1722</t>
+  </si>
+  <si>
+    <t>1723</t>
+  </si>
+  <si>
+    <t>1724</t>
+  </si>
+  <si>
+    <t>1725</t>
+  </si>
+  <si>
+    <t>1726</t>
+  </si>
+  <si>
+    <t>1727</t>
+  </si>
+  <si>
+    <t>1728</t>
+  </si>
+  <si>
+    <t>1729</t>
+  </si>
+  <si>
+    <t>1730</t>
+  </si>
+  <si>
+    <t>1731</t>
+  </si>
+  <si>
+    <t>1732</t>
+  </si>
+  <si>
+    <t>1733</t>
+  </si>
+  <si>
+    <t>1734</t>
+  </si>
+  <si>
+    <t>1735</t>
+  </si>
+  <si>
+    <t>1736</t>
+  </si>
+  <si>
+    <t>1737</t>
+  </si>
+  <si>
+    <t>1738</t>
+  </si>
+  <si>
+    <t>1739</t>
+  </si>
+  <si>
+    <t>1740</t>
+  </si>
+  <si>
+    <t>1741</t>
+  </si>
+  <si>
+    <t>1742</t>
+  </si>
+  <si>
+    <t>1743</t>
+  </si>
+  <si>
+    <t>1744</t>
+  </si>
+  <si>
+    <t>1745</t>
+  </si>
+  <si>
+    <t>1746</t>
+  </si>
+  <si>
+    <t>1747</t>
+  </si>
+  <si>
+    <t>1748</t>
+  </si>
+  <si>
+    <t>1749</t>
+  </si>
+  <si>
+    <t>1750</t>
+  </si>
+  <si>
+    <t>1751</t>
+  </si>
+  <si>
+    <t>1752</t>
+  </si>
+  <si>
+    <t>1753</t>
+  </si>
+  <si>
+    <t>1754</t>
+  </si>
+  <si>
+    <t>1755</t>
+  </si>
+  <si>
+    <t>1756</t>
+  </si>
+  <si>
+    <t>1757</t>
+  </si>
+  <si>
+    <t>1758</t>
+  </si>
+  <si>
+    <t>1759</t>
+  </si>
+  <si>
+    <t>1760</t>
+  </si>
+  <si>
+    <t>1761</t>
+  </si>
+  <si>
+    <t>1762</t>
+  </si>
+  <si>
+    <t>1763</t>
+  </si>
+  <si>
+    <t>1764</t>
+  </si>
+  <si>
+    <t>1765</t>
+  </si>
+  <si>
+    <t>1766</t>
+  </si>
+  <si>
+    <t>1767</t>
+  </si>
+  <si>
+    <t>1768</t>
+  </si>
+  <si>
+    <t>1769</t>
+  </si>
+  <si>
+    <t>1770</t>
+  </si>
+  <si>
+    <t>1771</t>
+  </si>
+  <si>
+    <t>1772</t>
+  </si>
+  <si>
+    <t>1773</t>
+  </si>
+  <si>
+    <t>1774</t>
+  </si>
+  <si>
+    <t>1775</t>
+  </si>
+  <si>
+    <t>1776</t>
+  </si>
+  <si>
+    <t>1777</t>
+  </si>
+  <si>
+    <t>1778</t>
+  </si>
+  <si>
+    <t>1779</t>
+  </si>
+  <si>
+    <t>1780</t>
+  </si>
+  <si>
+    <t>1781</t>
+  </si>
+  <si>
+    <t>1782</t>
+  </si>
+  <si>
+    <t>1783</t>
+  </si>
+  <si>
+    <t>1784</t>
+  </si>
+  <si>
+    <t>1785</t>
+  </si>
+  <si>
+    <t>1786</t>
+  </si>
+  <si>
+    <t>1787</t>
+  </si>
+  <si>
+    <t>1788</t>
+  </si>
+  <si>
+    <t>1789</t>
+  </si>
+  <si>
+    <t>1790</t>
+  </si>
+  <si>
+    <t>1791</t>
+  </si>
+  <si>
+    <t>1792</t>
+  </si>
+  <si>
+    <t>1793</t>
+  </si>
+  <si>
+    <t>1794</t>
+  </si>
+  <si>
+    <t>1795</t>
+  </si>
+  <si>
+    <t>1796</t>
+  </si>
+  <si>
+    <t>1797</t>
+  </si>
+  <si>
+    <t>1798</t>
+  </si>
+  <si>
+    <t>1799</t>
+  </si>
+  <si>
+    <t>1800</t>
+  </si>
+  <si>
+    <t>1801</t>
+  </si>
+  <si>
+    <t>1802</t>
+  </si>
+  <si>
+    <t>1803</t>
+  </si>
+  <si>
+    <t>1804</t>
+  </si>
+  <si>
+    <t>1805</t>
+  </si>
+  <si>
+    <t>1806</t>
+  </si>
+  <si>
+    <t>1807</t>
+  </si>
+  <si>
+    <t>1808</t>
+  </si>
+  <si>
+    <t>1809</t>
+  </si>
+  <si>
+    <t>1810</t>
+  </si>
+  <si>
+    <t>1811</t>
+  </si>
+  <si>
+    <t>1812</t>
+  </si>
+  <si>
+    <t>1813</t>
+  </si>
+  <si>
+    <t>1814</t>
+  </si>
+  <si>
+    <t>1815</t>
+  </si>
+  <si>
+    <t>1816</t>
+  </si>
+  <si>
+    <t>1817</t>
+  </si>
+  <si>
+    <t>1818</t>
+  </si>
+  <si>
+    <t>1819</t>
+  </si>
+  <si>
+    <t>1820</t>
+  </si>
+  <si>
+    <t>1821</t>
+  </si>
+  <si>
+    <t>1822</t>
+  </si>
+  <si>
+    <t>1823</t>
+  </si>
+  <si>
+    <t>1824</t>
+  </si>
+  <si>
+    <t>1825</t>
+  </si>
+  <si>
+    <t>1826</t>
+  </si>
+  <si>
+    <t>1827</t>
+  </si>
+  <si>
+    <t>1828</t>
+  </si>
+  <si>
+    <t>1829</t>
+  </si>
+  <si>
+    <t>1830</t>
+  </si>
+  <si>
+    <t>1831</t>
+  </si>
+  <si>
+    <t>1832</t>
+  </si>
+  <si>
+    <t>1833</t>
+  </si>
+  <si>
+    <t>1834</t>
+  </si>
+  <si>
+    <t>1835</t>
+  </si>
+  <si>
+    <t>1836</t>
+  </si>
+  <si>
+    <t>1837</t>
+  </si>
+  <si>
+    <t>1838</t>
+  </si>
+  <si>
+    <t>1839</t>
+  </si>
+  <si>
+    <t>1840</t>
+  </si>
+  <si>
+    <t>1841</t>
+  </si>
+  <si>
+    <t>1842</t>
+  </si>
+  <si>
+    <t>1843</t>
+  </si>
+  <si>
+    <t>1844</t>
+  </si>
+  <si>
+    <t>1845</t>
+  </si>
+  <si>
+    <t>1846</t>
+  </si>
+  <si>
+    <t>1847</t>
+  </si>
+  <si>
+    <t>1848</t>
+  </si>
+  <si>
+    <t>1849</t>
+  </si>
+  <si>
+    <t>1850</t>
+  </si>
+  <si>
+    <t>1851</t>
+  </si>
+  <si>
+    <t>1852</t>
+  </si>
+  <si>
+    <t>1853</t>
+  </si>
+  <si>
+    <t>1854</t>
+  </si>
+  <si>
+    <t>1855</t>
+  </si>
+  <si>
+    <t>1856</t>
+  </si>
+  <si>
+    <t>1857</t>
+  </si>
+  <si>
+    <t>1858</t>
+  </si>
+  <si>
+    <t>1859</t>
+  </si>
+  <si>
+    <t>1860</t>
+  </si>
+  <si>
+    <t>1861</t>
+  </si>
+  <si>
+    <t>1862</t>
+  </si>
+  <si>
+    <t>1863</t>
+  </si>
+  <si>
+    <t>1864</t>
+  </si>
+  <si>
+    <t>1865</t>
+  </si>
+  <si>
+    <t>1866</t>
+  </si>
+  <si>
+    <t>1867</t>
+  </si>
+  <si>
+    <t>1868</t>
+  </si>
+  <si>
+    <t>1869</t>
+  </si>
+  <si>
+    <t>1870</t>
+  </si>
+  <si>
+    <t>1871</t>
+  </si>
+  <si>
+    <t>1872</t>
+  </si>
+  <si>
+    <t>1873</t>
+  </si>
+  <si>
+    <t>1874</t>
+  </si>
+  <si>
+    <t>1875</t>
+  </si>
+  <si>
+    <t>1876</t>
+  </si>
+  <si>
+    <t>1877</t>
+  </si>
+  <si>
+    <t>1878</t>
+  </si>
+  <si>
+    <t>1879</t>
+  </si>
+  <si>
+    <t>1880</t>
+  </si>
+  <si>
+    <t>1881</t>
+  </si>
+  <si>
+    <t>1882</t>
+  </si>
+  <si>
+    <t>1883</t>
+  </si>
+  <si>
+    <t>1884</t>
+  </si>
+  <si>
+    <t>1885</t>
+  </si>
+  <si>
+    <t>1886</t>
+  </si>
+  <si>
+    <t>1887</t>
+  </si>
+  <si>
+    <t>1888</t>
+  </si>
+  <si>
+    <t>1889</t>
+  </si>
+  <si>
+    <t>1890</t>
+  </si>
+  <si>
+    <t>1891</t>
+  </si>
+  <si>
+    <t>1892</t>
+  </si>
+  <si>
+    <t>1893</t>
+  </si>
+  <si>
+    <t>1894</t>
+  </si>
+  <si>
+    <t>1895</t>
+  </si>
+  <si>
+    <t>1896</t>
+  </si>
+  <si>
+    <t>1897</t>
+  </si>
+  <si>
+    <t>1898</t>
+  </si>
+  <si>
+    <t>1899</t>
+  </si>
+  <si>
+    <t>1900</t>
+  </si>
+  <si>
+    <t>1901</t>
+  </si>
+  <si>
+    <t>1902</t>
+  </si>
+  <si>
+    <t>1903</t>
+  </si>
+  <si>
+    <t>1904</t>
+  </si>
+  <si>
+    <t>1905</t>
+  </si>
+  <si>
+    <t>1906</t>
+  </si>
+  <si>
+    <t>1907</t>
+  </si>
+  <si>
+    <t>1908</t>
+  </si>
+  <si>
+    <t>1909</t>
+  </si>
+  <si>
+    <t>1910</t>
+  </si>
+  <si>
+    <t>1911</t>
+  </si>
+  <si>
+    <t>1912</t>
+  </si>
+  <si>
+    <t>1913</t>
+  </si>
+  <si>
+    <t>1914</t>
+  </si>
+  <si>
+    <t>1915</t>
+  </si>
+  <si>
+    <t>1916</t>
+  </si>
+  <si>
+    <t>1917</t>
+  </si>
+  <si>
+    <t>1918</t>
+  </si>
+  <si>
+    <t>1919</t>
+  </si>
+  <si>
+    <t>1920</t>
+  </si>
+  <si>
+    <t>1921</t>
+  </si>
+  <si>
+    <t>1922</t>
+  </si>
+  <si>
+    <t>1923</t>
+  </si>
+  <si>
+    <t>1924</t>
+  </si>
+  <si>
+    <t>1925</t>
+  </si>
+  <si>
+    <t>1926</t>
+  </si>
+  <si>
+    <t>1927</t>
+  </si>
+  <si>
+    <t>1928</t>
+  </si>
+  <si>
+    <t>1929</t>
+  </si>
+  <si>
+    <t>1930</t>
+  </si>
+  <si>
+    <t>1931</t>
+  </si>
+  <si>
+    <t>1932</t>
+  </si>
+  <si>
+    <t>1933</t>
+  </si>
+  <si>
+    <t>1934</t>
+  </si>
+  <si>
+    <t>1935</t>
+  </si>
+  <si>
+    <t>1936</t>
+  </si>
+  <si>
+    <t>1937</t>
+  </si>
+  <si>
+    <t>1938</t>
+  </si>
+  <si>
+    <t>1939</t>
+  </si>
+  <si>
+    <t>1940</t>
+  </si>
+  <si>
+    <t>1941</t>
+  </si>
+  <si>
+    <t>1942</t>
+  </si>
+  <si>
+    <t>1943</t>
+  </si>
+  <si>
+    <t>1944</t>
+  </si>
+  <si>
+    <t>1945</t>
+  </si>
+  <si>
+    <t>1946</t>
+  </si>
+  <si>
+    <t>1947</t>
+  </si>
+  <si>
+    <t>1948</t>
+  </si>
+  <si>
+    <t>1949</t>
+  </si>
+  <si>
+    <t>1950</t>
+  </si>
+  <si>
+    <t>1951</t>
+  </si>
+  <si>
+    <t>1952</t>
+  </si>
+  <si>
+    <t>1953</t>
+  </si>
+  <si>
+    <t>1954</t>
+  </si>
+  <si>
+    <t>1955</t>
+  </si>
+  <si>
+    <t>1956</t>
+  </si>
+  <si>
+    <t>1957</t>
+  </si>
+  <si>
+    <t>1958</t>
+  </si>
+  <si>
+    <t>1959</t>
+  </si>
+  <si>
+    <t>1960</t>
+  </si>
+  <si>
+    <t>1961</t>
+  </si>
+  <si>
+    <t>1962</t>
+  </si>
+  <si>
+    <t>1963</t>
+  </si>
+  <si>
+    <t>1964</t>
+  </si>
+  <si>
+    <t>1965</t>
+  </si>
+  <si>
+    <t>1966</t>
+  </si>
+  <si>
+    <t>1967</t>
+  </si>
+  <si>
+    <t>1968</t>
+  </si>
+  <si>
+    <t>1969</t>
+  </si>
+  <si>
+    <t>1970</t>
+  </si>
+  <si>
+    <t>1971</t>
+  </si>
+  <si>
+    <t>1972</t>
+  </si>
+  <si>
+    <t>1973</t>
+  </si>
+  <si>
+    <t>1974</t>
+  </si>
+  <si>
+    <t>1975</t>
+  </si>
+  <si>
+    <t>1976</t>
+  </si>
+  <si>
+    <t>1977</t>
+  </si>
+  <si>
+    <t>1978</t>
+  </si>
+  <si>
+    <t>1979</t>
+  </si>
+  <si>
+    <t>1980</t>
+  </si>
+  <si>
+    <t>1981</t>
+  </si>
+  <si>
+    <t>1982</t>
+  </si>
+  <si>
+    <t>1983</t>
+  </si>
+  <si>
+    <t>1984</t>
+  </si>
+  <si>
+    <t>1985</t>
+  </si>
+  <si>
+    <t>1986</t>
+  </si>
+  <si>
+    <t>1987</t>
+  </si>
+  <si>
+    <t>1988</t>
+  </si>
+  <si>
+    <t>1989</t>
+  </si>
+  <si>
+    <t>1990</t>
+  </si>
+  <si>
+    <t>1991</t>
+  </si>
+  <si>
+    <t>1992</t>
+  </si>
+  <si>
+    <t>1993</t>
+  </si>
+  <si>
+    <t>1994</t>
+  </si>
+  <si>
+    <t>1995</t>
+  </si>
+  <si>
+    <t>1996</t>
+  </si>
+  <si>
+    <t>1997</t>
+  </si>
+  <si>
+    <t>1998</t>
+  </si>
+  <si>
+    <t>1999</t>
+  </si>
+  <si>
+    <t>2000</t>
+  </si>
+  <si>
+    <t>2001</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <color indexed="8"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="B1" s="3" t="s">
-        <v>20</v>
+      <c r="B1" s="7" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>