--- v1 (2025-11-07)
+++ v2 (2025-12-02)
@@ -14,161 +14,152 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2142" uniqueCount="2039">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4324" uniqueCount="2036">
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>Asistencia insuficiente en educación inicial 3 años</t>
+    <t xml:space="preserve">Matrícula 2 años </t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Asistencia insuficiente en educación inicial 4 años</t>
-[...2 lines deleted...]
-    <t>Asistencia insuficiente en educación inicial 5 años</t>
+    <t xml:space="preserve">Matrícula 3 años </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Matrícula 4 años </t>
+  </si>
+  <si>
+    <t>Matrícula 5 años</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>Matrícula de 1°</t>
   </si>
   <si>
     <t>Matrícula de 2°</t>
   </si>
   <si>
     <t>Matrícula de 3°</t>
   </si>
   <si>
     <t>Matrícula de 4°</t>
   </si>
   <si>
     <t>Matrícula de 5°</t>
   </si>
   <si>
     <t>Matrícula de 6°</t>
   </si>
   <si>
     <t>2024</t>
-  </si>
-[...10 lines deleted...]
-    <t>Matrícula 5 años</t>
   </si>
   <si>
     <t xml:space="preserve">   0</t>
   </si>
   <si>
     <t xml:space="preserve">   1</t>
   </si>
   <si>
     <t xml:space="preserve">   2</t>
   </si>
   <si>
     <t xml:space="preserve">   3</t>
   </si>
   <si>
     <t xml:space="preserve">   4</t>
   </si>
   <si>
     <t xml:space="preserve">   5</t>
   </si>
   <si>
     <t xml:space="preserve">   6</t>
   </si>
   <si>
     <t xml:space="preserve">   7</t>
   </si>
@@ -6173,78 +6164,83 @@
       <sz val="11.0"/>
       <color indexed="8"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="B1" s="7" t="s">
-        <v>37</v>
+      <c r="B1" s="12" t="s">
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>