--- v2 (2025-12-02)
+++ v3 (2025-12-23)
@@ -14,6233 +14,227 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4324" uniqueCount="2036">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="437" uniqueCount="35">
+  <si>
+    <t>2002</t>
+  </si>
+  <si>
+    <t>2003</t>
+  </si>
+  <si>
+    <t>2004</t>
+  </si>
+  <si>
+    <t>2005</t>
+  </si>
+  <si>
+    <t>2006</t>
+  </si>
+  <si>
+    <t>2007</t>
+  </si>
+  <si>
+    <t>2008</t>
+  </si>
+  <si>
+    <t>2009</t>
+  </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
+    <t>Matrícula de 1°</t>
+  </si>
+  <si>
+    <t>Matrícula de 2°</t>
+  </si>
+  <si>
+    <t>Matrícula de 3°</t>
+  </si>
+  <si>
+    <t>Matrícula de 4°</t>
+  </si>
+  <si>
+    <t>Matrícula de 5°</t>
+  </si>
+  <si>
+    <t>Matrícula de 6°</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
     <t xml:space="preserve">Matrícula 2 años </t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t xml:space="preserve">Matrícula 3 años </t>
   </si>
   <si>
     <t xml:space="preserve">Matrícula 4 años </t>
   </si>
   <si>
     <t>Matrícula 5 años</t>
   </si>
   <si>
-    <t>2002</t>
-[...43 lines deleted...]
-  <si>
     <t xml:space="preserve">   0</t>
-  </si>
-[...6001 lines deleted...]
-    <t>2001</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <color indexed="8"/>
+      <u val="none"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="B1" s="12" t="s">
+      <c r="B1" s="8" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>