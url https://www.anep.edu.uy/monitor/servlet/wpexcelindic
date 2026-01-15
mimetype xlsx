--- v3 (2025-12-23)
+++ v4 (2026-01-15)
@@ -14,51 +14,54 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="437" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2255" uniqueCount="2036">
+  <si>
+    <t xml:space="preserve">   0</t>
+  </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
@@ -100,141 +103,6144 @@
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Matrícula de 1°</t>
   </si>
   <si>
     <t>Matrícula de 2°</t>
   </si>
   <si>
     <t>Matrícula de 3°</t>
   </si>
   <si>
     <t>Matrícula de 4°</t>
   </si>
   <si>
     <t>Matrícula de 5°</t>
   </si>
   <si>
     <t>Matrícula de 6°</t>
   </si>
   <si>
+    <t xml:space="preserve">Matrícula 2 años </t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t xml:space="preserve">Matrícula 3 años </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Matrícula 4 años </t>
+  </si>
+  <si>
+    <t>Matrícula 5 años</t>
+  </si>
+  <si>
     <t>2024</t>
   </si>
   <si>
-    <t xml:space="preserve">Matrícula 2 años </t>
-[...14 lines deleted...]
-    <t xml:space="preserve">   0</t>
+    <t xml:space="preserve">   1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  17</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  18</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  28</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  32</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  35</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  36</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  39</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  41</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  42</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  43</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  44</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  45</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  46</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  48</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  51</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  52</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  53</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  56</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  57</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  58</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  61</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  62</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  63</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  64</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  66</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  67</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  68</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  69</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  71</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  73</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  74</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  76</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  77</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  78</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  79</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  81</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  82</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  83</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  84</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  85</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  86</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  87</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  88</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  89</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  90</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  91</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  92</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  93</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  94</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  95</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  96</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  97</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  98</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  99</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 100</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 101</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 102</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 103</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 104</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 105</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 106</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 107</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 108</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 109</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 110</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 111</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 112</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 113</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 114</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 115</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 116</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 117</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 118</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 119</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 120</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 121</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 122</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 123</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 124</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 125</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 126</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 127</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 128</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 129</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 130</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 131</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 132</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 133</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 134</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 135</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 136</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 137</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 138</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 139</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 140</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 141</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 142</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 143</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 144</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 145</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 146</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 147</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 148</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 149</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 150</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 151</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 152</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 153</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 154</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 155</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 156</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 157</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 158</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 159</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 160</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 161</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 162</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 163</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 164</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 165</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 166</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 167</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 168</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 169</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 170</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 171</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 172</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 173</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 174</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 175</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 176</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 177</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 178</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 179</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 180</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 181</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 182</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 183</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 184</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 185</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 186</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 187</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 188</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 189</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 190</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 191</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 192</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 193</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 194</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 195</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 196</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 197</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 198</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 199</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 200</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 201</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 202</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 203</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 204</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 205</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 206</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 207</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 208</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 209</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 210</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 211</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 212</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 213</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 214</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 215</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 216</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 217</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 218</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 219</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 220</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 221</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 222</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 223</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 224</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 225</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 226</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 227</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 228</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 229</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 230</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 231</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 232</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 233</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 234</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 235</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 236</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 237</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 238</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 239</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 240</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 241</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 242</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 243</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 244</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 245</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 246</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 247</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 248</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 249</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 250</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 251</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 252</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 253</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 254</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 255</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 256</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 257</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 258</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 259</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 260</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 261</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 262</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 263</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 264</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 265</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 266</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 267</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 268</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 269</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 270</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 271</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 272</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 273</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 274</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 275</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 276</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 277</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 278</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 279</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 280</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 281</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 282</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 283</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 284</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 285</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 286</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 287</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 288</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 289</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 290</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 291</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 292</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 293</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 294</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 295</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 296</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 297</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 298</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 299</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 300</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 301</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 302</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 303</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 304</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 305</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 306</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 307</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 308</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 309</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 310</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 311</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 312</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 313</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 314</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 315</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 316</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 317</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 318</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 319</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 320</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 321</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 322</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 323</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 324</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 325</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 326</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 327</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 328</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 329</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 330</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 331</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 332</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 333</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 334</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 335</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 336</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 337</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 338</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 339</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 340</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 341</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 342</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 343</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 344</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 345</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 346</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 347</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 348</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 349</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 350</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 351</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 352</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 353</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 354</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 355</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 356</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 357</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 358</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 359</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 360</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 361</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 362</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 363</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 364</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 365</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 366</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 367</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 368</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 369</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 370</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 371</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 372</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 373</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 374</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 375</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 376</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 377</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 378</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 379</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 380</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 381</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 382</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 383</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 384</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 385</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 386</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 387</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 388</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 389</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 390</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 391</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 392</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 393</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 394</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 395</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 396</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 397</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 398</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 399</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 400</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 401</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 402</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 403</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 404</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 405</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 406</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 407</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 408</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 409</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 410</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 411</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 412</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 413</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 414</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 415</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 416</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 417</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 418</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 419</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 420</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 421</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 422</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 423</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 424</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 425</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 426</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 427</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 428</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 429</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 430</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 431</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 432</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 433</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 434</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 435</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 436</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 437</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 438</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 439</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 440</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 441</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 442</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 443</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 444</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 446</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 447</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 449</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 450</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 451</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 452</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 453</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 454</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 455</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 456</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 457</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 458</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 459</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 460</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 461</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 462</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 463</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 464</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 465</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 466</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 468</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 469</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 470</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 471</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 472</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 473</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 474</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 475</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 476</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 477</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 478</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 479</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 480</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 481</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 482</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 483</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 484</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 485</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 486</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 487</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 488</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 489</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 490</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 491</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 492</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 493</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 494</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 495</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 496</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 497</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 498</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 499</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 500</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 501</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 502</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 503</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 504</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 505</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 506</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 507</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 508</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 509</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 510</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 511</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 512</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 513</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 514</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 515</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 516</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 517</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 518</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 519</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 520</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 521</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 522</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 523</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 524</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 525</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 526</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 527</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 528</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 529</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 530</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 531</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 532</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 533</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 534</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 535</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 536</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 537</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 538</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 539</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 540</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 541</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 542</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 543</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 544</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 545</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 546</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 547</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 548</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 549</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 550</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 551</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 552</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 553</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 554</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 555</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 556</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 557</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 558</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 559</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 560</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 561</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 562</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 563</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 564</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 565</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 566</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 567</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 568</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 569</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 570</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 571</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 572</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 573</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 574</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 575</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 576</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 577</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 578</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 579</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 580</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 581</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 582</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 583</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 584</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 585</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 586</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 587</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 588</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 589</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 590</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 591</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 592</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 593</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 594</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 595</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 596</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 597</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 598</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 599</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 600</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 601</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 602</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 603</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 604</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 605</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 606</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 607</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 608</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 609</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 610</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 611</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 612</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 613</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 614</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 615</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 616</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 617</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 618</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 619</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 620</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 621</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 622</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 623</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 624</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 625</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 626</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 627</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 628</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 629</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 630</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 631</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 632</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 633</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 634</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 635</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 636</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 637</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 638</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 639</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 640</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 641</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 642</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 643</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 644</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 645</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 646</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 647</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 648</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 649</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 650</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 651</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 652</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 653</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 654</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 655</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 656</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 657</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 658</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 659</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 660</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 661</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 662</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 663</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 664</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 665</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 666</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 667</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 668</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 669</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 670</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 671</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 672</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 673</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 674</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 675</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 676</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 677</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 678</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 679</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 680</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 681</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 682</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 683</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 684</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 685</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 686</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 687</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 688</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 689</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 690</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 691</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 692</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 693</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 694</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 695</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 696</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 697</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 698</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 699</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 700</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 701</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 702</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 703</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 704</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 705</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 706</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 707</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 708</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 709</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 710</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 711</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 712</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 713</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 714</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 715</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 716</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 717</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 718</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 719</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 720</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 721</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 722</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 723</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 724</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 725</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 726</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 727</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 728</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 729</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 730</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 731</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 732</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 733</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 734</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 735</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 736</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 737</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 738</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 739</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 740</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 741</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 742</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 743</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 744</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 745</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 746</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 747</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 748</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 749</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 750</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 751</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 752</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 753</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 754</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 755</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 756</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 757</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 758</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 759</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 760</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 761</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 762</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 763</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 764</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 765</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 766</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 767</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 768</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 769</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 770</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 771</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 772</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 773</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 774</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 775</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 776</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 777</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 778</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 779</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 780</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 781</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 782</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 783</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 784</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 785</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 786</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 787</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 788</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 789</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 790</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 791</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 792</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 793</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 794</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 795</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 796</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 797</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 798</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 799</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 800</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 801</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 802</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 803</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 804</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 805</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 806</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 807</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 808</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 809</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 810</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 811</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 812</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 813</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 814</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 815</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 816</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 817</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 818</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 819</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 820</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 821</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 822</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 823</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 824</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 825</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 826</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 827</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 828</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 829</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 830</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 831</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 832</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 833</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 834</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 835</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 836</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 837</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 838</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 839</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 840</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 841</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 842</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 843</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 844</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 845</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 846</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 847</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 848</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 849</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 850</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 851</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 852</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 853</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 854</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 855</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 856</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 857</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 858</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 859</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 860</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 861</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 862</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 863</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 864</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 865</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 866</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 867</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 868</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 869</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 870</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 871</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 872</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 873</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 874</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 875</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 876</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 877</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 878</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 879</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 880</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 881</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 882</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 883</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 884</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 885</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 886</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 887</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 888</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 889</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 890</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 891</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 892</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 893</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 894</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 895</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 896</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 897</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 898</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 899</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 900</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 901</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 902</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 903</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 904</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 905</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 906</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 907</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 908</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 909</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 910</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 911</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 912</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 913</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 914</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 915</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 916</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 917</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 918</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 919</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 920</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 921</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 922</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 923</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 924</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 925</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 926</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 927</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 928</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 929</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 930</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 931</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 932</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 933</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 934</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 935</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 936</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 937</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 938</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 939</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 940</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 941</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 942</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 943</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 944</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 945</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 946</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 947</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 948</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 949</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 950</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 951</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 952</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 953</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 954</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 955</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 956</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 957</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 958</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 959</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 960</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 961</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 962</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 963</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 964</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 965</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 966</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 967</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 968</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 969</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 970</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 971</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 972</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 973</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 974</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 975</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 976</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 977</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 978</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 979</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 980</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 981</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 982</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 983</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 984</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 985</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 986</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 987</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 988</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 989</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 990</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 991</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 992</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 993</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 994</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 995</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 996</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 997</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 998</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 999</t>
+  </si>
+  <si>
+    <t>1000</t>
+  </si>
+  <si>
+    <t>1001</t>
+  </si>
+  <si>
+    <t>1002</t>
+  </si>
+  <si>
+    <t>1003</t>
+  </si>
+  <si>
+    <t>1004</t>
+  </si>
+  <si>
+    <t>1005</t>
+  </si>
+  <si>
+    <t>1006</t>
+  </si>
+  <si>
+    <t>1007</t>
+  </si>
+  <si>
+    <t>1008</t>
+  </si>
+  <si>
+    <t>1009</t>
+  </si>
+  <si>
+    <t>1010</t>
+  </si>
+  <si>
+    <t>1011</t>
+  </si>
+  <si>
+    <t>1012</t>
+  </si>
+  <si>
+    <t>1013</t>
+  </si>
+  <si>
+    <t>1014</t>
+  </si>
+  <si>
+    <t>1015</t>
+  </si>
+  <si>
+    <t>1016</t>
+  </si>
+  <si>
+    <t>1017</t>
+  </si>
+  <si>
+    <t>1018</t>
+  </si>
+  <si>
+    <t>1019</t>
+  </si>
+  <si>
+    <t>1020</t>
+  </si>
+  <si>
+    <t>1021</t>
+  </si>
+  <si>
+    <t>1022</t>
+  </si>
+  <si>
+    <t>1023</t>
+  </si>
+  <si>
+    <t>1024</t>
+  </si>
+  <si>
+    <t>1025</t>
+  </si>
+  <si>
+    <t>1026</t>
+  </si>
+  <si>
+    <t>1027</t>
+  </si>
+  <si>
+    <t>1028</t>
+  </si>
+  <si>
+    <t>1029</t>
+  </si>
+  <si>
+    <t>1030</t>
+  </si>
+  <si>
+    <t>1031</t>
+  </si>
+  <si>
+    <t>1032</t>
+  </si>
+  <si>
+    <t>1033</t>
+  </si>
+  <si>
+    <t>1034</t>
+  </si>
+  <si>
+    <t>1035</t>
+  </si>
+  <si>
+    <t>1036</t>
+  </si>
+  <si>
+    <t>1037</t>
+  </si>
+  <si>
+    <t>1038</t>
+  </si>
+  <si>
+    <t>1039</t>
+  </si>
+  <si>
+    <t>1040</t>
+  </si>
+  <si>
+    <t>1041</t>
+  </si>
+  <si>
+    <t>1042</t>
+  </si>
+  <si>
+    <t>1043</t>
+  </si>
+  <si>
+    <t>1044</t>
+  </si>
+  <si>
+    <t>1045</t>
+  </si>
+  <si>
+    <t>1046</t>
+  </si>
+  <si>
+    <t>1047</t>
+  </si>
+  <si>
+    <t>1048</t>
+  </si>
+  <si>
+    <t>1049</t>
+  </si>
+  <si>
+    <t>1050</t>
+  </si>
+  <si>
+    <t>1051</t>
+  </si>
+  <si>
+    <t>1052</t>
+  </si>
+  <si>
+    <t>1053</t>
+  </si>
+  <si>
+    <t>1054</t>
+  </si>
+  <si>
+    <t>1055</t>
+  </si>
+  <si>
+    <t>1056</t>
+  </si>
+  <si>
+    <t>1057</t>
+  </si>
+  <si>
+    <t>1058</t>
+  </si>
+  <si>
+    <t>1059</t>
+  </si>
+  <si>
+    <t>1060</t>
+  </si>
+  <si>
+    <t>1061</t>
+  </si>
+  <si>
+    <t>1062</t>
+  </si>
+  <si>
+    <t>1063</t>
+  </si>
+  <si>
+    <t>1064</t>
+  </si>
+  <si>
+    <t>1065</t>
+  </si>
+  <si>
+    <t>1066</t>
+  </si>
+  <si>
+    <t>1067</t>
+  </si>
+  <si>
+    <t>1068</t>
+  </si>
+  <si>
+    <t>1069</t>
+  </si>
+  <si>
+    <t>1070</t>
+  </si>
+  <si>
+    <t>1071</t>
+  </si>
+  <si>
+    <t>1072</t>
+  </si>
+  <si>
+    <t>1073</t>
+  </si>
+  <si>
+    <t>1074</t>
+  </si>
+  <si>
+    <t>1075</t>
+  </si>
+  <si>
+    <t>1076</t>
+  </si>
+  <si>
+    <t>1077</t>
+  </si>
+  <si>
+    <t>1078</t>
+  </si>
+  <si>
+    <t>1079</t>
+  </si>
+  <si>
+    <t>1080</t>
+  </si>
+  <si>
+    <t>1081</t>
+  </si>
+  <si>
+    <t>1082</t>
+  </si>
+  <si>
+    <t>1083</t>
+  </si>
+  <si>
+    <t>1084</t>
+  </si>
+  <si>
+    <t>1085</t>
+  </si>
+  <si>
+    <t>1086</t>
+  </si>
+  <si>
+    <t>1087</t>
+  </si>
+  <si>
+    <t>1088</t>
+  </si>
+  <si>
+    <t>1089</t>
+  </si>
+  <si>
+    <t>1090</t>
+  </si>
+  <si>
+    <t>1091</t>
+  </si>
+  <si>
+    <t>1092</t>
+  </si>
+  <si>
+    <t>1093</t>
+  </si>
+  <si>
+    <t>1094</t>
+  </si>
+  <si>
+    <t>1095</t>
+  </si>
+  <si>
+    <t>1096</t>
+  </si>
+  <si>
+    <t>1097</t>
+  </si>
+  <si>
+    <t>1098</t>
+  </si>
+  <si>
+    <t>1099</t>
+  </si>
+  <si>
+    <t>1100</t>
+  </si>
+  <si>
+    <t>1101</t>
+  </si>
+  <si>
+    <t>1102</t>
+  </si>
+  <si>
+    <t>1103</t>
+  </si>
+  <si>
+    <t>1104</t>
+  </si>
+  <si>
+    <t>1105</t>
+  </si>
+  <si>
+    <t>1106</t>
+  </si>
+  <si>
+    <t>1107</t>
+  </si>
+  <si>
+    <t>1108</t>
+  </si>
+  <si>
+    <t>1109</t>
+  </si>
+  <si>
+    <t>1110</t>
+  </si>
+  <si>
+    <t>1111</t>
+  </si>
+  <si>
+    <t>1112</t>
+  </si>
+  <si>
+    <t>1113</t>
+  </si>
+  <si>
+    <t>1114</t>
+  </si>
+  <si>
+    <t>1115</t>
+  </si>
+  <si>
+    <t>1116</t>
+  </si>
+  <si>
+    <t>1117</t>
+  </si>
+  <si>
+    <t>1118</t>
+  </si>
+  <si>
+    <t>1119</t>
+  </si>
+  <si>
+    <t>1120</t>
+  </si>
+  <si>
+    <t>1121</t>
+  </si>
+  <si>
+    <t>1122</t>
+  </si>
+  <si>
+    <t>1123</t>
+  </si>
+  <si>
+    <t>1124</t>
+  </si>
+  <si>
+    <t>1125</t>
+  </si>
+  <si>
+    <t>1126</t>
+  </si>
+  <si>
+    <t>1127</t>
+  </si>
+  <si>
+    <t>1128</t>
+  </si>
+  <si>
+    <t>1129</t>
+  </si>
+  <si>
+    <t>1130</t>
+  </si>
+  <si>
+    <t>1131</t>
+  </si>
+  <si>
+    <t>1132</t>
+  </si>
+  <si>
+    <t>1133</t>
+  </si>
+  <si>
+    <t>1134</t>
+  </si>
+  <si>
+    <t>1135</t>
+  </si>
+  <si>
+    <t>1136</t>
+  </si>
+  <si>
+    <t>1137</t>
+  </si>
+  <si>
+    <t>1138</t>
+  </si>
+  <si>
+    <t>1139</t>
+  </si>
+  <si>
+    <t>1140</t>
+  </si>
+  <si>
+    <t>1141</t>
+  </si>
+  <si>
+    <t>1142</t>
+  </si>
+  <si>
+    <t>1143</t>
+  </si>
+  <si>
+    <t>1144</t>
+  </si>
+  <si>
+    <t>1145</t>
+  </si>
+  <si>
+    <t>1146</t>
+  </si>
+  <si>
+    <t>1147</t>
+  </si>
+  <si>
+    <t>1148</t>
+  </si>
+  <si>
+    <t>1149</t>
+  </si>
+  <si>
+    <t>1150</t>
+  </si>
+  <si>
+    <t>1151</t>
+  </si>
+  <si>
+    <t>1152</t>
+  </si>
+  <si>
+    <t>1153</t>
+  </si>
+  <si>
+    <t>1154</t>
+  </si>
+  <si>
+    <t>1155</t>
+  </si>
+  <si>
+    <t>1156</t>
+  </si>
+  <si>
+    <t>1157</t>
+  </si>
+  <si>
+    <t>1158</t>
+  </si>
+  <si>
+    <t>1159</t>
+  </si>
+  <si>
+    <t>1160</t>
+  </si>
+  <si>
+    <t>1161</t>
+  </si>
+  <si>
+    <t>1162</t>
+  </si>
+  <si>
+    <t>1163</t>
+  </si>
+  <si>
+    <t>1164</t>
+  </si>
+  <si>
+    <t>1165</t>
+  </si>
+  <si>
+    <t>1166</t>
+  </si>
+  <si>
+    <t>1167</t>
+  </si>
+  <si>
+    <t>1168</t>
+  </si>
+  <si>
+    <t>1169</t>
+  </si>
+  <si>
+    <t>1170</t>
+  </si>
+  <si>
+    <t>1171</t>
+  </si>
+  <si>
+    <t>1172</t>
+  </si>
+  <si>
+    <t>1173</t>
+  </si>
+  <si>
+    <t>1174</t>
+  </si>
+  <si>
+    <t>1175</t>
+  </si>
+  <si>
+    <t>1176</t>
+  </si>
+  <si>
+    <t>1177</t>
+  </si>
+  <si>
+    <t>1178</t>
+  </si>
+  <si>
+    <t>1179</t>
+  </si>
+  <si>
+    <t>1180</t>
+  </si>
+  <si>
+    <t>1181</t>
+  </si>
+  <si>
+    <t>1182</t>
+  </si>
+  <si>
+    <t>1183</t>
+  </si>
+  <si>
+    <t>1184</t>
+  </si>
+  <si>
+    <t>1185</t>
+  </si>
+  <si>
+    <t>1186</t>
+  </si>
+  <si>
+    <t>1187</t>
+  </si>
+  <si>
+    <t>1188</t>
+  </si>
+  <si>
+    <t>1189</t>
+  </si>
+  <si>
+    <t>1190</t>
+  </si>
+  <si>
+    <t>1191</t>
+  </si>
+  <si>
+    <t>1192</t>
+  </si>
+  <si>
+    <t>1193</t>
+  </si>
+  <si>
+    <t>1194</t>
+  </si>
+  <si>
+    <t>1195</t>
+  </si>
+  <si>
+    <t>1196</t>
+  </si>
+  <si>
+    <t>1197</t>
+  </si>
+  <si>
+    <t>1198</t>
+  </si>
+  <si>
+    <t>1199</t>
+  </si>
+  <si>
+    <t>1200</t>
+  </si>
+  <si>
+    <t>1201</t>
+  </si>
+  <si>
+    <t>1202</t>
+  </si>
+  <si>
+    <t>1203</t>
+  </si>
+  <si>
+    <t>1204</t>
+  </si>
+  <si>
+    <t>1205</t>
+  </si>
+  <si>
+    <t>1206</t>
+  </si>
+  <si>
+    <t>1207</t>
+  </si>
+  <si>
+    <t>1208</t>
+  </si>
+  <si>
+    <t>1209</t>
+  </si>
+  <si>
+    <t>1210</t>
+  </si>
+  <si>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>1212</t>
+  </si>
+  <si>
+    <t>1213</t>
+  </si>
+  <si>
+    <t>1214</t>
+  </si>
+  <si>
+    <t>1215</t>
+  </si>
+  <si>
+    <t>1216</t>
+  </si>
+  <si>
+    <t>1217</t>
+  </si>
+  <si>
+    <t>1218</t>
+  </si>
+  <si>
+    <t>1219</t>
+  </si>
+  <si>
+    <t>1220</t>
+  </si>
+  <si>
+    <t>1221</t>
+  </si>
+  <si>
+    <t>1222</t>
+  </si>
+  <si>
+    <t>1223</t>
+  </si>
+  <si>
+    <t>1224</t>
+  </si>
+  <si>
+    <t>1225</t>
+  </si>
+  <si>
+    <t>1226</t>
+  </si>
+  <si>
+    <t>1227</t>
+  </si>
+  <si>
+    <t>1228</t>
+  </si>
+  <si>
+    <t>1229</t>
+  </si>
+  <si>
+    <t>1230</t>
+  </si>
+  <si>
+    <t>1231</t>
+  </si>
+  <si>
+    <t>1232</t>
+  </si>
+  <si>
+    <t>1233</t>
+  </si>
+  <si>
+    <t>1234</t>
+  </si>
+  <si>
+    <t>1235</t>
+  </si>
+  <si>
+    <t>1236</t>
+  </si>
+  <si>
+    <t>1237</t>
+  </si>
+  <si>
+    <t>1238</t>
+  </si>
+  <si>
+    <t>1239</t>
+  </si>
+  <si>
+    <t>1240</t>
+  </si>
+  <si>
+    <t>1241</t>
+  </si>
+  <si>
+    <t>1242</t>
+  </si>
+  <si>
+    <t>1243</t>
+  </si>
+  <si>
+    <t>1244</t>
+  </si>
+  <si>
+    <t>1245</t>
+  </si>
+  <si>
+    <t>1246</t>
+  </si>
+  <si>
+    <t>1247</t>
+  </si>
+  <si>
+    <t>1248</t>
+  </si>
+  <si>
+    <t>1249</t>
+  </si>
+  <si>
+    <t>1250</t>
+  </si>
+  <si>
+    <t>1251</t>
+  </si>
+  <si>
+    <t>1252</t>
+  </si>
+  <si>
+    <t>1253</t>
+  </si>
+  <si>
+    <t>1254</t>
+  </si>
+  <si>
+    <t>1255</t>
+  </si>
+  <si>
+    <t>1256</t>
+  </si>
+  <si>
+    <t>1257</t>
+  </si>
+  <si>
+    <t>1258</t>
+  </si>
+  <si>
+    <t>1259</t>
+  </si>
+  <si>
+    <t>1260</t>
+  </si>
+  <si>
+    <t>1261</t>
+  </si>
+  <si>
+    <t>1262</t>
+  </si>
+  <si>
+    <t>1263</t>
+  </si>
+  <si>
+    <t>1264</t>
+  </si>
+  <si>
+    <t>1265</t>
+  </si>
+  <si>
+    <t>1266</t>
+  </si>
+  <si>
+    <t>1267</t>
+  </si>
+  <si>
+    <t>1268</t>
+  </si>
+  <si>
+    <t>1269</t>
+  </si>
+  <si>
+    <t>1270</t>
+  </si>
+  <si>
+    <t>1271</t>
+  </si>
+  <si>
+    <t>1272</t>
+  </si>
+  <si>
+    <t>1273</t>
+  </si>
+  <si>
+    <t>1274</t>
+  </si>
+  <si>
+    <t>1275</t>
+  </si>
+  <si>
+    <t>1276</t>
+  </si>
+  <si>
+    <t>1277</t>
+  </si>
+  <si>
+    <t>1278</t>
+  </si>
+  <si>
+    <t>1279</t>
+  </si>
+  <si>
+    <t>1280</t>
+  </si>
+  <si>
+    <t>1281</t>
+  </si>
+  <si>
+    <t>1282</t>
+  </si>
+  <si>
+    <t>1283</t>
+  </si>
+  <si>
+    <t>1284</t>
+  </si>
+  <si>
+    <t>1285</t>
+  </si>
+  <si>
+    <t>1286</t>
+  </si>
+  <si>
+    <t>1287</t>
+  </si>
+  <si>
+    <t>1288</t>
+  </si>
+  <si>
+    <t>1289</t>
+  </si>
+  <si>
+    <t>1290</t>
+  </si>
+  <si>
+    <t>1291</t>
+  </si>
+  <si>
+    <t>1292</t>
+  </si>
+  <si>
+    <t>1293</t>
+  </si>
+  <si>
+    <t>1294</t>
+  </si>
+  <si>
+    <t>1295</t>
+  </si>
+  <si>
+    <t>1296</t>
+  </si>
+  <si>
+    <t>1297</t>
+  </si>
+  <si>
+    <t>1298</t>
+  </si>
+  <si>
+    <t>1299</t>
+  </si>
+  <si>
+    <t>1300</t>
+  </si>
+  <si>
+    <t>1301</t>
+  </si>
+  <si>
+    <t>1302</t>
+  </si>
+  <si>
+    <t>1303</t>
+  </si>
+  <si>
+    <t>1304</t>
+  </si>
+  <si>
+    <t>1305</t>
+  </si>
+  <si>
+    <t>1306</t>
+  </si>
+  <si>
+    <t>1307</t>
+  </si>
+  <si>
+    <t>1308</t>
+  </si>
+  <si>
+    <t>1309</t>
+  </si>
+  <si>
+    <t>1310</t>
+  </si>
+  <si>
+    <t>1311</t>
+  </si>
+  <si>
+    <t>1312</t>
+  </si>
+  <si>
+    <t>1313</t>
+  </si>
+  <si>
+    <t>1314</t>
+  </si>
+  <si>
+    <t>1315</t>
+  </si>
+  <si>
+    <t>1316</t>
+  </si>
+  <si>
+    <t>1317</t>
+  </si>
+  <si>
+    <t>1318</t>
+  </si>
+  <si>
+    <t>1319</t>
+  </si>
+  <si>
+    <t>1320</t>
+  </si>
+  <si>
+    <t>1321</t>
+  </si>
+  <si>
+    <t>1322</t>
+  </si>
+  <si>
+    <t>1323</t>
+  </si>
+  <si>
+    <t>1324</t>
+  </si>
+  <si>
+    <t>1325</t>
+  </si>
+  <si>
+    <t>1326</t>
+  </si>
+  <si>
+    <t>1327</t>
+  </si>
+  <si>
+    <t>1328</t>
+  </si>
+  <si>
+    <t>1329</t>
+  </si>
+  <si>
+    <t>1330</t>
+  </si>
+  <si>
+    <t>1331</t>
+  </si>
+  <si>
+    <t>1332</t>
+  </si>
+  <si>
+    <t>1333</t>
+  </si>
+  <si>
+    <t>1334</t>
+  </si>
+  <si>
+    <t>1335</t>
+  </si>
+  <si>
+    <t>1336</t>
+  </si>
+  <si>
+    <t>1337</t>
+  </si>
+  <si>
+    <t>1338</t>
+  </si>
+  <si>
+    <t>1339</t>
+  </si>
+  <si>
+    <t>1340</t>
+  </si>
+  <si>
+    <t>1341</t>
+  </si>
+  <si>
+    <t>1342</t>
+  </si>
+  <si>
+    <t>1343</t>
+  </si>
+  <si>
+    <t>1344</t>
+  </si>
+  <si>
+    <t>1345</t>
+  </si>
+  <si>
+    <t>1346</t>
+  </si>
+  <si>
+    <t>1347</t>
+  </si>
+  <si>
+    <t>1348</t>
+  </si>
+  <si>
+    <t>1349</t>
+  </si>
+  <si>
+    <t>1350</t>
+  </si>
+  <si>
+    <t>1351</t>
+  </si>
+  <si>
+    <t>1352</t>
+  </si>
+  <si>
+    <t>1353</t>
+  </si>
+  <si>
+    <t>1354</t>
+  </si>
+  <si>
+    <t>1355</t>
+  </si>
+  <si>
+    <t>1356</t>
+  </si>
+  <si>
+    <t>1357</t>
+  </si>
+  <si>
+    <t>1358</t>
+  </si>
+  <si>
+    <t>1359</t>
+  </si>
+  <si>
+    <t>1360</t>
+  </si>
+  <si>
+    <t>1361</t>
+  </si>
+  <si>
+    <t>1362</t>
+  </si>
+  <si>
+    <t>1363</t>
+  </si>
+  <si>
+    <t>1364</t>
+  </si>
+  <si>
+    <t>1365</t>
+  </si>
+  <si>
+    <t>1366</t>
+  </si>
+  <si>
+    <t>1367</t>
+  </si>
+  <si>
+    <t>1368</t>
+  </si>
+  <si>
+    <t>1369</t>
+  </si>
+  <si>
+    <t>1370</t>
+  </si>
+  <si>
+    <t>1371</t>
+  </si>
+  <si>
+    <t>1372</t>
+  </si>
+  <si>
+    <t>1373</t>
+  </si>
+  <si>
+    <t>1374</t>
+  </si>
+  <si>
+    <t>1375</t>
+  </si>
+  <si>
+    <t>1376</t>
+  </si>
+  <si>
+    <t>1377</t>
+  </si>
+  <si>
+    <t>1378</t>
+  </si>
+  <si>
+    <t>1379</t>
+  </si>
+  <si>
+    <t>1380</t>
+  </si>
+  <si>
+    <t>1381</t>
+  </si>
+  <si>
+    <t>1382</t>
+  </si>
+  <si>
+    <t>1383</t>
+  </si>
+  <si>
+    <t>1384</t>
+  </si>
+  <si>
+    <t>1385</t>
+  </si>
+  <si>
+    <t>1386</t>
+  </si>
+  <si>
+    <t>1387</t>
+  </si>
+  <si>
+    <t>1388</t>
+  </si>
+  <si>
+    <t>1389</t>
+  </si>
+  <si>
+    <t>1390</t>
+  </si>
+  <si>
+    <t>1391</t>
+  </si>
+  <si>
+    <t>1392</t>
+  </si>
+  <si>
+    <t>1393</t>
+  </si>
+  <si>
+    <t>1394</t>
+  </si>
+  <si>
+    <t>1395</t>
+  </si>
+  <si>
+    <t>1396</t>
+  </si>
+  <si>
+    <t>1397</t>
+  </si>
+  <si>
+    <t>1398</t>
+  </si>
+  <si>
+    <t>1399</t>
+  </si>
+  <si>
+    <t>1400</t>
+  </si>
+  <si>
+    <t>1401</t>
+  </si>
+  <si>
+    <t>1402</t>
+  </si>
+  <si>
+    <t>1403</t>
+  </si>
+  <si>
+    <t>1404</t>
+  </si>
+  <si>
+    <t>1405</t>
+  </si>
+  <si>
+    <t>1406</t>
+  </si>
+  <si>
+    <t>1407</t>
+  </si>
+  <si>
+    <t>1408</t>
+  </si>
+  <si>
+    <t>1409</t>
+  </si>
+  <si>
+    <t>1410</t>
+  </si>
+  <si>
+    <t>1411</t>
+  </si>
+  <si>
+    <t>1412</t>
+  </si>
+  <si>
+    <t>1413</t>
+  </si>
+  <si>
+    <t>1414</t>
+  </si>
+  <si>
+    <t>1415</t>
+  </si>
+  <si>
+    <t>1416</t>
+  </si>
+  <si>
+    <t>1417</t>
+  </si>
+  <si>
+    <t>1418</t>
+  </si>
+  <si>
+    <t>1419</t>
+  </si>
+  <si>
+    <t>1420</t>
+  </si>
+  <si>
+    <t>1421</t>
+  </si>
+  <si>
+    <t>1422</t>
+  </si>
+  <si>
+    <t>1423</t>
+  </si>
+  <si>
+    <t>1424</t>
+  </si>
+  <si>
+    <t>1425</t>
+  </si>
+  <si>
+    <t>1426</t>
+  </si>
+  <si>
+    <t>1427</t>
+  </si>
+  <si>
+    <t>1428</t>
+  </si>
+  <si>
+    <t>1429</t>
+  </si>
+  <si>
+    <t>1430</t>
+  </si>
+  <si>
+    <t>1431</t>
+  </si>
+  <si>
+    <t>1432</t>
+  </si>
+  <si>
+    <t>1433</t>
+  </si>
+  <si>
+    <t>1434</t>
+  </si>
+  <si>
+    <t>1435</t>
+  </si>
+  <si>
+    <t>1436</t>
+  </si>
+  <si>
+    <t>1437</t>
+  </si>
+  <si>
+    <t>1438</t>
+  </si>
+  <si>
+    <t>1439</t>
+  </si>
+  <si>
+    <t>1440</t>
+  </si>
+  <si>
+    <t>1441</t>
+  </si>
+  <si>
+    <t>1442</t>
+  </si>
+  <si>
+    <t>1443</t>
+  </si>
+  <si>
+    <t>1444</t>
+  </si>
+  <si>
+    <t>1445</t>
+  </si>
+  <si>
+    <t>1446</t>
+  </si>
+  <si>
+    <t>1447</t>
+  </si>
+  <si>
+    <t>1448</t>
+  </si>
+  <si>
+    <t>1449</t>
+  </si>
+  <si>
+    <t>1450</t>
+  </si>
+  <si>
+    <t>1451</t>
+  </si>
+  <si>
+    <t>1452</t>
+  </si>
+  <si>
+    <t>1453</t>
+  </si>
+  <si>
+    <t>1454</t>
+  </si>
+  <si>
+    <t>1455</t>
+  </si>
+  <si>
+    <t>1456</t>
+  </si>
+  <si>
+    <t>1457</t>
+  </si>
+  <si>
+    <t>1458</t>
+  </si>
+  <si>
+    <t>1459</t>
+  </si>
+  <si>
+    <t>1460</t>
+  </si>
+  <si>
+    <t>1461</t>
+  </si>
+  <si>
+    <t>1462</t>
+  </si>
+  <si>
+    <t>1463</t>
+  </si>
+  <si>
+    <t>1464</t>
+  </si>
+  <si>
+    <t>1465</t>
+  </si>
+  <si>
+    <t>1466</t>
+  </si>
+  <si>
+    <t>1467</t>
+  </si>
+  <si>
+    <t>1468</t>
+  </si>
+  <si>
+    <t>1469</t>
+  </si>
+  <si>
+    <t>1470</t>
+  </si>
+  <si>
+    <t>1471</t>
+  </si>
+  <si>
+    <t>1472</t>
+  </si>
+  <si>
+    <t>1473</t>
+  </si>
+  <si>
+    <t>1474</t>
+  </si>
+  <si>
+    <t>1475</t>
+  </si>
+  <si>
+    <t>1476</t>
+  </si>
+  <si>
+    <t>1477</t>
+  </si>
+  <si>
+    <t>1478</t>
+  </si>
+  <si>
+    <t>1479</t>
+  </si>
+  <si>
+    <t>1480</t>
+  </si>
+  <si>
+    <t>1481</t>
+  </si>
+  <si>
+    <t>1482</t>
+  </si>
+  <si>
+    <t>1483</t>
+  </si>
+  <si>
+    <t>1484</t>
+  </si>
+  <si>
+    <t>1485</t>
+  </si>
+  <si>
+    <t>1486</t>
+  </si>
+  <si>
+    <t>1487</t>
+  </si>
+  <si>
+    <t>1488</t>
+  </si>
+  <si>
+    <t>1489</t>
+  </si>
+  <si>
+    <t>1490</t>
+  </si>
+  <si>
+    <t>1491</t>
+  </si>
+  <si>
+    <t>1492</t>
+  </si>
+  <si>
+    <t>1493</t>
+  </si>
+  <si>
+    <t>1494</t>
+  </si>
+  <si>
+    <t>1495</t>
+  </si>
+  <si>
+    <t>1496</t>
+  </si>
+  <si>
+    <t>1497</t>
+  </si>
+  <si>
+    <t>1498</t>
+  </si>
+  <si>
+    <t>1499</t>
+  </si>
+  <si>
+    <t>1500</t>
+  </si>
+  <si>
+    <t>1501</t>
+  </si>
+  <si>
+    <t>1502</t>
+  </si>
+  <si>
+    <t>1503</t>
+  </si>
+  <si>
+    <t>1504</t>
+  </si>
+  <si>
+    <t>1505</t>
+  </si>
+  <si>
+    <t>1506</t>
+  </si>
+  <si>
+    <t>1507</t>
+  </si>
+  <si>
+    <t>1508</t>
+  </si>
+  <si>
+    <t>1509</t>
+  </si>
+  <si>
+    <t>1510</t>
+  </si>
+  <si>
+    <t>1511</t>
+  </si>
+  <si>
+    <t>1512</t>
+  </si>
+  <si>
+    <t>1513</t>
+  </si>
+  <si>
+    <t>1514</t>
+  </si>
+  <si>
+    <t>1515</t>
+  </si>
+  <si>
+    <t>1516</t>
+  </si>
+  <si>
+    <t>1517</t>
+  </si>
+  <si>
+    <t>1518</t>
+  </si>
+  <si>
+    <t>1519</t>
+  </si>
+  <si>
+    <t>1520</t>
+  </si>
+  <si>
+    <t>1521</t>
+  </si>
+  <si>
+    <t>1522</t>
+  </si>
+  <si>
+    <t>1523</t>
+  </si>
+  <si>
+    <t>1524</t>
+  </si>
+  <si>
+    <t>1525</t>
+  </si>
+  <si>
+    <t>1526</t>
+  </si>
+  <si>
+    <t>1527</t>
+  </si>
+  <si>
+    <t>1528</t>
+  </si>
+  <si>
+    <t>1529</t>
+  </si>
+  <si>
+    <t>1530</t>
+  </si>
+  <si>
+    <t>1531</t>
+  </si>
+  <si>
+    <t>1532</t>
+  </si>
+  <si>
+    <t>1533</t>
+  </si>
+  <si>
+    <t>1534</t>
+  </si>
+  <si>
+    <t>1535</t>
+  </si>
+  <si>
+    <t>1536</t>
+  </si>
+  <si>
+    <t>1537</t>
+  </si>
+  <si>
+    <t>1538</t>
+  </si>
+  <si>
+    <t>1539</t>
+  </si>
+  <si>
+    <t>1540</t>
+  </si>
+  <si>
+    <t>1541</t>
+  </si>
+  <si>
+    <t>1542</t>
+  </si>
+  <si>
+    <t>1543</t>
+  </si>
+  <si>
+    <t>1544</t>
+  </si>
+  <si>
+    <t>1545</t>
+  </si>
+  <si>
+    <t>1546</t>
+  </si>
+  <si>
+    <t>1547</t>
+  </si>
+  <si>
+    <t>1548</t>
+  </si>
+  <si>
+    <t>1549</t>
+  </si>
+  <si>
+    <t>1550</t>
+  </si>
+  <si>
+    <t>1551</t>
+  </si>
+  <si>
+    <t>1552</t>
+  </si>
+  <si>
+    <t>1553</t>
+  </si>
+  <si>
+    <t>1554</t>
+  </si>
+  <si>
+    <t>1555</t>
+  </si>
+  <si>
+    <t>1556</t>
+  </si>
+  <si>
+    <t>1557</t>
+  </si>
+  <si>
+    <t>1558</t>
+  </si>
+  <si>
+    <t>1559</t>
+  </si>
+  <si>
+    <t>1560</t>
+  </si>
+  <si>
+    <t>1561</t>
+  </si>
+  <si>
+    <t>1562</t>
+  </si>
+  <si>
+    <t>1563</t>
+  </si>
+  <si>
+    <t>1564</t>
+  </si>
+  <si>
+    <t>1565</t>
+  </si>
+  <si>
+    <t>1566</t>
+  </si>
+  <si>
+    <t>1567</t>
+  </si>
+  <si>
+    <t>1568</t>
+  </si>
+  <si>
+    <t>1569</t>
+  </si>
+  <si>
+    <t>1570</t>
+  </si>
+  <si>
+    <t>1571</t>
+  </si>
+  <si>
+    <t>1572</t>
+  </si>
+  <si>
+    <t>1573</t>
+  </si>
+  <si>
+    <t>1574</t>
+  </si>
+  <si>
+    <t>1575</t>
+  </si>
+  <si>
+    <t>1576</t>
+  </si>
+  <si>
+    <t>1577</t>
+  </si>
+  <si>
+    <t>1578</t>
+  </si>
+  <si>
+    <t>1579</t>
+  </si>
+  <si>
+    <t>1580</t>
+  </si>
+  <si>
+    <t>1581</t>
+  </si>
+  <si>
+    <t>1582</t>
+  </si>
+  <si>
+    <t>1583</t>
+  </si>
+  <si>
+    <t>1584</t>
+  </si>
+  <si>
+    <t>1585</t>
+  </si>
+  <si>
+    <t>1586</t>
+  </si>
+  <si>
+    <t>1587</t>
+  </si>
+  <si>
+    <t>1588</t>
+  </si>
+  <si>
+    <t>1589</t>
+  </si>
+  <si>
+    <t>1590</t>
+  </si>
+  <si>
+    <t>1591</t>
+  </si>
+  <si>
+    <t>1592</t>
+  </si>
+  <si>
+    <t>1593</t>
+  </si>
+  <si>
+    <t>1594</t>
+  </si>
+  <si>
+    <t>1595</t>
+  </si>
+  <si>
+    <t>1596</t>
+  </si>
+  <si>
+    <t>1597</t>
+  </si>
+  <si>
+    <t>1598</t>
+  </si>
+  <si>
+    <t>1599</t>
+  </si>
+  <si>
+    <t>1600</t>
+  </si>
+  <si>
+    <t>1601</t>
+  </si>
+  <si>
+    <t>1602</t>
+  </si>
+  <si>
+    <t>1603</t>
+  </si>
+  <si>
+    <t>1604</t>
+  </si>
+  <si>
+    <t>1605</t>
+  </si>
+  <si>
+    <t>1606</t>
+  </si>
+  <si>
+    <t>1607</t>
+  </si>
+  <si>
+    <t>1608</t>
+  </si>
+  <si>
+    <t>1609</t>
+  </si>
+  <si>
+    <t>1610</t>
+  </si>
+  <si>
+    <t>1611</t>
+  </si>
+  <si>
+    <t>1612</t>
+  </si>
+  <si>
+    <t>1613</t>
+  </si>
+  <si>
+    <t>1614</t>
+  </si>
+  <si>
+    <t>1615</t>
+  </si>
+  <si>
+    <t>1616</t>
+  </si>
+  <si>
+    <t>1617</t>
+  </si>
+  <si>
+    <t>1618</t>
+  </si>
+  <si>
+    <t>1619</t>
+  </si>
+  <si>
+    <t>1620</t>
+  </si>
+  <si>
+    <t>1621</t>
+  </si>
+  <si>
+    <t>1622</t>
+  </si>
+  <si>
+    <t>1623</t>
+  </si>
+  <si>
+    <t>1624</t>
+  </si>
+  <si>
+    <t>1625</t>
+  </si>
+  <si>
+    <t>1626</t>
+  </si>
+  <si>
+    <t>1627</t>
+  </si>
+  <si>
+    <t>1628</t>
+  </si>
+  <si>
+    <t>1629</t>
+  </si>
+  <si>
+    <t>1630</t>
+  </si>
+  <si>
+    <t>1631</t>
+  </si>
+  <si>
+    <t>1632</t>
+  </si>
+  <si>
+    <t>1633</t>
+  </si>
+  <si>
+    <t>1634</t>
+  </si>
+  <si>
+    <t>1635</t>
+  </si>
+  <si>
+    <t>1636</t>
+  </si>
+  <si>
+    <t>1637</t>
+  </si>
+  <si>
+    <t>1638</t>
+  </si>
+  <si>
+    <t>1639</t>
+  </si>
+  <si>
+    <t>1640</t>
+  </si>
+  <si>
+    <t>1641</t>
+  </si>
+  <si>
+    <t>1642</t>
+  </si>
+  <si>
+    <t>1643</t>
+  </si>
+  <si>
+    <t>1644</t>
+  </si>
+  <si>
+    <t>1645</t>
+  </si>
+  <si>
+    <t>1646</t>
+  </si>
+  <si>
+    <t>1647</t>
+  </si>
+  <si>
+    <t>1648</t>
+  </si>
+  <si>
+    <t>1649</t>
+  </si>
+  <si>
+    <t>1650</t>
+  </si>
+  <si>
+    <t>1651</t>
+  </si>
+  <si>
+    <t>1652</t>
+  </si>
+  <si>
+    <t>1653</t>
+  </si>
+  <si>
+    <t>1654</t>
+  </si>
+  <si>
+    <t>1655</t>
+  </si>
+  <si>
+    <t>1656</t>
+  </si>
+  <si>
+    <t>1657</t>
+  </si>
+  <si>
+    <t>1658</t>
+  </si>
+  <si>
+    <t>1659</t>
+  </si>
+  <si>
+    <t>1660</t>
+  </si>
+  <si>
+    <t>1661</t>
+  </si>
+  <si>
+    <t>1662</t>
+  </si>
+  <si>
+    <t>1663</t>
+  </si>
+  <si>
+    <t>1664</t>
+  </si>
+  <si>
+    <t>1665</t>
+  </si>
+  <si>
+    <t>1666</t>
+  </si>
+  <si>
+    <t>1667</t>
+  </si>
+  <si>
+    <t>1668</t>
+  </si>
+  <si>
+    <t>1669</t>
+  </si>
+  <si>
+    <t>1670</t>
+  </si>
+  <si>
+    <t>1671</t>
+  </si>
+  <si>
+    <t>1672</t>
+  </si>
+  <si>
+    <t>1673</t>
+  </si>
+  <si>
+    <t>1674</t>
+  </si>
+  <si>
+    <t>1675</t>
+  </si>
+  <si>
+    <t>1676</t>
+  </si>
+  <si>
+    <t>1677</t>
+  </si>
+  <si>
+    <t>1678</t>
+  </si>
+  <si>
+    <t>1679</t>
+  </si>
+  <si>
+    <t>1680</t>
+  </si>
+  <si>
+    <t>1681</t>
+  </si>
+  <si>
+    <t>1682</t>
+  </si>
+  <si>
+    <t>1683</t>
+  </si>
+  <si>
+    <t>1684</t>
+  </si>
+  <si>
+    <t>1685</t>
+  </si>
+  <si>
+    <t>1686</t>
+  </si>
+  <si>
+    <t>1687</t>
+  </si>
+  <si>
+    <t>1688</t>
+  </si>
+  <si>
+    <t>1689</t>
+  </si>
+  <si>
+    <t>1690</t>
+  </si>
+  <si>
+    <t>1691</t>
+  </si>
+  <si>
+    <t>1692</t>
+  </si>
+  <si>
+    <t>1693</t>
+  </si>
+  <si>
+    <t>1694</t>
+  </si>
+  <si>
+    <t>1695</t>
+  </si>
+  <si>
+    <t>1696</t>
+  </si>
+  <si>
+    <t>1697</t>
+  </si>
+  <si>
+    <t>1698</t>
+  </si>
+  <si>
+    <t>1699</t>
+  </si>
+  <si>
+    <t>1700</t>
+  </si>
+  <si>
+    <t>1701</t>
+  </si>
+  <si>
+    <t>1702</t>
+  </si>
+  <si>
+    <t>1703</t>
+  </si>
+  <si>
+    <t>1704</t>
+  </si>
+  <si>
+    <t>1705</t>
+  </si>
+  <si>
+    <t>1706</t>
+  </si>
+  <si>
+    <t>1707</t>
+  </si>
+  <si>
+    <t>1708</t>
+  </si>
+  <si>
+    <t>1709</t>
+  </si>
+  <si>
+    <t>1710</t>
+  </si>
+  <si>
+    <t>1711</t>
+  </si>
+  <si>
+    <t>1712</t>
+  </si>
+  <si>
+    <t>1713</t>
+  </si>
+  <si>
+    <t>1714</t>
+  </si>
+  <si>
+    <t>1715</t>
+  </si>
+  <si>
+    <t>1716</t>
+  </si>
+  <si>
+    <t>1717</t>
+  </si>
+  <si>
+    <t>1718</t>
+  </si>
+  <si>
+    <t>1719</t>
+  </si>
+  <si>
+    <t>1720</t>
+  </si>
+  <si>
+    <t>1721</t>
+  </si>
+  <si>
+    <t>1722</t>
+  </si>
+  <si>
+    <t>1723</t>
+  </si>
+  <si>
+    <t>1724</t>
+  </si>
+  <si>
+    <t>1725</t>
+  </si>
+  <si>
+    <t>1726</t>
+  </si>
+  <si>
+    <t>1727</t>
+  </si>
+  <si>
+    <t>1728</t>
+  </si>
+  <si>
+    <t>1729</t>
+  </si>
+  <si>
+    <t>1730</t>
+  </si>
+  <si>
+    <t>1731</t>
+  </si>
+  <si>
+    <t>1732</t>
+  </si>
+  <si>
+    <t>1733</t>
+  </si>
+  <si>
+    <t>1734</t>
+  </si>
+  <si>
+    <t>1735</t>
+  </si>
+  <si>
+    <t>1736</t>
+  </si>
+  <si>
+    <t>1737</t>
+  </si>
+  <si>
+    <t>1738</t>
+  </si>
+  <si>
+    <t>1739</t>
+  </si>
+  <si>
+    <t>1740</t>
+  </si>
+  <si>
+    <t>1741</t>
+  </si>
+  <si>
+    <t>1742</t>
+  </si>
+  <si>
+    <t>1743</t>
+  </si>
+  <si>
+    <t>1744</t>
+  </si>
+  <si>
+    <t>1745</t>
+  </si>
+  <si>
+    <t>1746</t>
+  </si>
+  <si>
+    <t>1747</t>
+  </si>
+  <si>
+    <t>1748</t>
+  </si>
+  <si>
+    <t>1749</t>
+  </si>
+  <si>
+    <t>1750</t>
+  </si>
+  <si>
+    <t>1751</t>
+  </si>
+  <si>
+    <t>1752</t>
+  </si>
+  <si>
+    <t>1753</t>
+  </si>
+  <si>
+    <t>1754</t>
+  </si>
+  <si>
+    <t>1755</t>
+  </si>
+  <si>
+    <t>1756</t>
+  </si>
+  <si>
+    <t>1757</t>
+  </si>
+  <si>
+    <t>1758</t>
+  </si>
+  <si>
+    <t>1759</t>
+  </si>
+  <si>
+    <t>1760</t>
+  </si>
+  <si>
+    <t>1761</t>
+  </si>
+  <si>
+    <t>1762</t>
+  </si>
+  <si>
+    <t>1763</t>
+  </si>
+  <si>
+    <t>1764</t>
+  </si>
+  <si>
+    <t>1765</t>
+  </si>
+  <si>
+    <t>1766</t>
+  </si>
+  <si>
+    <t>1767</t>
+  </si>
+  <si>
+    <t>1768</t>
+  </si>
+  <si>
+    <t>1769</t>
+  </si>
+  <si>
+    <t>1770</t>
+  </si>
+  <si>
+    <t>1771</t>
+  </si>
+  <si>
+    <t>1772</t>
+  </si>
+  <si>
+    <t>1773</t>
+  </si>
+  <si>
+    <t>1774</t>
+  </si>
+  <si>
+    <t>1775</t>
+  </si>
+  <si>
+    <t>1776</t>
+  </si>
+  <si>
+    <t>1777</t>
+  </si>
+  <si>
+    <t>1778</t>
+  </si>
+  <si>
+    <t>1779</t>
+  </si>
+  <si>
+    <t>1780</t>
+  </si>
+  <si>
+    <t>1781</t>
+  </si>
+  <si>
+    <t>1782</t>
+  </si>
+  <si>
+    <t>1783</t>
+  </si>
+  <si>
+    <t>1784</t>
+  </si>
+  <si>
+    <t>1785</t>
+  </si>
+  <si>
+    <t>1786</t>
+  </si>
+  <si>
+    <t>1787</t>
+  </si>
+  <si>
+    <t>1788</t>
+  </si>
+  <si>
+    <t>1789</t>
+  </si>
+  <si>
+    <t>1790</t>
+  </si>
+  <si>
+    <t>1791</t>
+  </si>
+  <si>
+    <t>1792</t>
+  </si>
+  <si>
+    <t>1793</t>
+  </si>
+  <si>
+    <t>1794</t>
+  </si>
+  <si>
+    <t>1795</t>
+  </si>
+  <si>
+    <t>1796</t>
+  </si>
+  <si>
+    <t>1797</t>
+  </si>
+  <si>
+    <t>1798</t>
+  </si>
+  <si>
+    <t>1799</t>
+  </si>
+  <si>
+    <t>1800</t>
+  </si>
+  <si>
+    <t>1801</t>
+  </si>
+  <si>
+    <t>1802</t>
+  </si>
+  <si>
+    <t>1803</t>
+  </si>
+  <si>
+    <t>1804</t>
+  </si>
+  <si>
+    <t>1805</t>
+  </si>
+  <si>
+    <t>1806</t>
+  </si>
+  <si>
+    <t>1807</t>
+  </si>
+  <si>
+    <t>1808</t>
+  </si>
+  <si>
+    <t>1809</t>
+  </si>
+  <si>
+    <t>1810</t>
+  </si>
+  <si>
+    <t>1811</t>
+  </si>
+  <si>
+    <t>1812</t>
+  </si>
+  <si>
+    <t>1813</t>
+  </si>
+  <si>
+    <t>1814</t>
+  </si>
+  <si>
+    <t>1815</t>
+  </si>
+  <si>
+    <t>1816</t>
+  </si>
+  <si>
+    <t>1817</t>
+  </si>
+  <si>
+    <t>1818</t>
+  </si>
+  <si>
+    <t>1819</t>
+  </si>
+  <si>
+    <t>1820</t>
+  </si>
+  <si>
+    <t>1821</t>
+  </si>
+  <si>
+    <t>1822</t>
+  </si>
+  <si>
+    <t>1823</t>
+  </si>
+  <si>
+    <t>1824</t>
+  </si>
+  <si>
+    <t>1825</t>
+  </si>
+  <si>
+    <t>1826</t>
+  </si>
+  <si>
+    <t>1827</t>
+  </si>
+  <si>
+    <t>1828</t>
+  </si>
+  <si>
+    <t>1829</t>
+  </si>
+  <si>
+    <t>1830</t>
+  </si>
+  <si>
+    <t>1831</t>
+  </si>
+  <si>
+    <t>1832</t>
+  </si>
+  <si>
+    <t>1833</t>
+  </si>
+  <si>
+    <t>1834</t>
+  </si>
+  <si>
+    <t>1835</t>
+  </si>
+  <si>
+    <t>1836</t>
+  </si>
+  <si>
+    <t>1837</t>
+  </si>
+  <si>
+    <t>1838</t>
+  </si>
+  <si>
+    <t>1839</t>
+  </si>
+  <si>
+    <t>1840</t>
+  </si>
+  <si>
+    <t>1841</t>
+  </si>
+  <si>
+    <t>1842</t>
+  </si>
+  <si>
+    <t>1843</t>
+  </si>
+  <si>
+    <t>1844</t>
+  </si>
+  <si>
+    <t>1845</t>
+  </si>
+  <si>
+    <t>1846</t>
+  </si>
+  <si>
+    <t>1847</t>
+  </si>
+  <si>
+    <t>1848</t>
+  </si>
+  <si>
+    <t>1849</t>
+  </si>
+  <si>
+    <t>1850</t>
+  </si>
+  <si>
+    <t>1851</t>
+  </si>
+  <si>
+    <t>1852</t>
+  </si>
+  <si>
+    <t>1853</t>
+  </si>
+  <si>
+    <t>1854</t>
+  </si>
+  <si>
+    <t>1855</t>
+  </si>
+  <si>
+    <t>1856</t>
+  </si>
+  <si>
+    <t>1857</t>
+  </si>
+  <si>
+    <t>1858</t>
+  </si>
+  <si>
+    <t>1859</t>
+  </si>
+  <si>
+    <t>1860</t>
+  </si>
+  <si>
+    <t>1861</t>
+  </si>
+  <si>
+    <t>1862</t>
+  </si>
+  <si>
+    <t>1863</t>
+  </si>
+  <si>
+    <t>1864</t>
+  </si>
+  <si>
+    <t>1865</t>
+  </si>
+  <si>
+    <t>1866</t>
+  </si>
+  <si>
+    <t>1867</t>
+  </si>
+  <si>
+    <t>1868</t>
+  </si>
+  <si>
+    <t>1869</t>
+  </si>
+  <si>
+    <t>1870</t>
+  </si>
+  <si>
+    <t>1871</t>
+  </si>
+  <si>
+    <t>1872</t>
+  </si>
+  <si>
+    <t>1873</t>
+  </si>
+  <si>
+    <t>1874</t>
+  </si>
+  <si>
+    <t>1875</t>
+  </si>
+  <si>
+    <t>1876</t>
+  </si>
+  <si>
+    <t>1877</t>
+  </si>
+  <si>
+    <t>1878</t>
+  </si>
+  <si>
+    <t>1879</t>
+  </si>
+  <si>
+    <t>1880</t>
+  </si>
+  <si>
+    <t>1881</t>
+  </si>
+  <si>
+    <t>1882</t>
+  </si>
+  <si>
+    <t>1883</t>
+  </si>
+  <si>
+    <t>1884</t>
+  </si>
+  <si>
+    <t>1885</t>
+  </si>
+  <si>
+    <t>1886</t>
+  </si>
+  <si>
+    <t>1887</t>
+  </si>
+  <si>
+    <t>1888</t>
+  </si>
+  <si>
+    <t>1889</t>
+  </si>
+  <si>
+    <t>1890</t>
+  </si>
+  <si>
+    <t>1891</t>
+  </si>
+  <si>
+    <t>1892</t>
+  </si>
+  <si>
+    <t>1893</t>
+  </si>
+  <si>
+    <t>1894</t>
+  </si>
+  <si>
+    <t>1895</t>
+  </si>
+  <si>
+    <t>1896</t>
+  </si>
+  <si>
+    <t>1897</t>
+  </si>
+  <si>
+    <t>1898</t>
+  </si>
+  <si>
+    <t>1899</t>
+  </si>
+  <si>
+    <t>1900</t>
+  </si>
+  <si>
+    <t>1901</t>
+  </si>
+  <si>
+    <t>1902</t>
+  </si>
+  <si>
+    <t>1903</t>
+  </si>
+  <si>
+    <t>1904</t>
+  </si>
+  <si>
+    <t>1905</t>
+  </si>
+  <si>
+    <t>1906</t>
+  </si>
+  <si>
+    <t>1907</t>
+  </si>
+  <si>
+    <t>1908</t>
+  </si>
+  <si>
+    <t>1909</t>
+  </si>
+  <si>
+    <t>1910</t>
+  </si>
+  <si>
+    <t>1911</t>
+  </si>
+  <si>
+    <t>1912</t>
+  </si>
+  <si>
+    <t>1913</t>
+  </si>
+  <si>
+    <t>1914</t>
+  </si>
+  <si>
+    <t>1915</t>
+  </si>
+  <si>
+    <t>1916</t>
+  </si>
+  <si>
+    <t>1917</t>
+  </si>
+  <si>
+    <t>1918</t>
+  </si>
+  <si>
+    <t>1919</t>
+  </si>
+  <si>
+    <t>1920</t>
+  </si>
+  <si>
+    <t>1921</t>
+  </si>
+  <si>
+    <t>1922</t>
+  </si>
+  <si>
+    <t>1923</t>
+  </si>
+  <si>
+    <t>1924</t>
+  </si>
+  <si>
+    <t>1925</t>
+  </si>
+  <si>
+    <t>1926</t>
+  </si>
+  <si>
+    <t>1927</t>
+  </si>
+  <si>
+    <t>1928</t>
+  </si>
+  <si>
+    <t>1929</t>
+  </si>
+  <si>
+    <t>1930</t>
+  </si>
+  <si>
+    <t>1931</t>
+  </si>
+  <si>
+    <t>1932</t>
+  </si>
+  <si>
+    <t>1933</t>
+  </si>
+  <si>
+    <t>1934</t>
+  </si>
+  <si>
+    <t>1935</t>
+  </si>
+  <si>
+    <t>1936</t>
+  </si>
+  <si>
+    <t>1937</t>
+  </si>
+  <si>
+    <t>1938</t>
+  </si>
+  <si>
+    <t>1939</t>
+  </si>
+  <si>
+    <t>1940</t>
+  </si>
+  <si>
+    <t>1941</t>
+  </si>
+  <si>
+    <t>1942</t>
+  </si>
+  <si>
+    <t>1943</t>
+  </si>
+  <si>
+    <t>1944</t>
+  </si>
+  <si>
+    <t>1945</t>
+  </si>
+  <si>
+    <t>1946</t>
+  </si>
+  <si>
+    <t>1947</t>
+  </si>
+  <si>
+    <t>1948</t>
+  </si>
+  <si>
+    <t>1949</t>
+  </si>
+  <si>
+    <t>1950</t>
+  </si>
+  <si>
+    <t>1951</t>
+  </si>
+  <si>
+    <t>1952</t>
+  </si>
+  <si>
+    <t>1953</t>
+  </si>
+  <si>
+    <t>1954</t>
+  </si>
+  <si>
+    <t>1955</t>
+  </si>
+  <si>
+    <t>1956</t>
+  </si>
+  <si>
+    <t>1957</t>
+  </si>
+  <si>
+    <t>1958</t>
+  </si>
+  <si>
+    <t>1959</t>
+  </si>
+  <si>
+    <t>1960</t>
+  </si>
+  <si>
+    <t>1961</t>
+  </si>
+  <si>
+    <t>1962</t>
+  </si>
+  <si>
+    <t>1963</t>
+  </si>
+  <si>
+    <t>1964</t>
+  </si>
+  <si>
+    <t>1965</t>
+  </si>
+  <si>
+    <t>1966</t>
+  </si>
+  <si>
+    <t>1967</t>
+  </si>
+  <si>
+    <t>1968</t>
+  </si>
+  <si>
+    <t>1969</t>
+  </si>
+  <si>
+    <t>1970</t>
+  </si>
+  <si>
+    <t>1971</t>
+  </si>
+  <si>
+    <t>1972</t>
+  </si>
+  <si>
+    <t>1973</t>
+  </si>
+  <si>
+    <t>1974</t>
+  </si>
+  <si>
+    <t>1975</t>
+  </si>
+  <si>
+    <t>1976</t>
+  </si>
+  <si>
+    <t>1977</t>
+  </si>
+  <si>
+    <t>1978</t>
+  </si>
+  <si>
+    <t>1979</t>
+  </si>
+  <si>
+    <t>1980</t>
+  </si>
+  <si>
+    <t>1981</t>
+  </si>
+  <si>
+    <t>1982</t>
+  </si>
+  <si>
+    <t>1983</t>
+  </si>
+  <si>
+    <t>1984</t>
+  </si>
+  <si>
+    <t>1985</t>
+  </si>
+  <si>
+    <t>1986</t>
+  </si>
+  <si>
+    <t>1987</t>
+  </si>
+  <si>
+    <t>1988</t>
+  </si>
+  <si>
+    <t>1989</t>
+  </si>
+  <si>
+    <t>1990</t>
+  </si>
+  <si>
+    <t>1991</t>
+  </si>
+  <si>
+    <t>1992</t>
+  </si>
+  <si>
+    <t>1993</t>
+  </si>
+  <si>
+    <t>1994</t>
+  </si>
+  <si>
+    <t>1995</t>
+  </si>
+  <si>
+    <t>1996</t>
+  </si>
+  <si>
+    <t>1997</t>
+  </si>
+  <si>
+    <t>1998</t>
+  </si>
+  <si>
+    <t>1999</t>
+  </si>
+  <si>
+    <t>2000</t>
+  </si>
+  <si>
+    <t>2001</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <color indexed="8"/>
       <u val="none"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="B1" s="8" t="s">
-        <v>34</v>
+      <c r="B1" s="11" t="s">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>