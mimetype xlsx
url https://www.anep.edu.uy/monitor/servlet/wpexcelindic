--- v4 (2026-01-15)
+++ v5 (2026-02-05)
@@ -14,6233 +14,6219 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2255" uniqueCount="2036">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4321" uniqueCount="2032">
+  <si>
+    <t>2002</t>
+  </si>
+  <si>
+    <t>2003</t>
+  </si>
+  <si>
+    <t>2004</t>
+  </si>
+  <si>
+    <t>2005</t>
+  </si>
+  <si>
+    <t>2006</t>
+  </si>
+  <si>
+    <t>2007</t>
+  </si>
+  <si>
+    <t>2008</t>
+  </si>
+  <si>
+    <t>2009</t>
+  </si>
+  <si>
+    <t>2010</t>
+  </si>
+  <si>
+    <t>2011</t>
+  </si>
+  <si>
+    <t>2012</t>
+  </si>
+  <si>
+    <t>2013</t>
+  </si>
+  <si>
+    <t>2014</t>
+  </si>
+  <si>
+    <t>2015</t>
+  </si>
+  <si>
+    <t>2016</t>
+  </si>
+  <si>
+    <t>2017</t>
+  </si>
+  <si>
+    <t>2018</t>
+  </si>
+  <si>
+    <t>2019</t>
+  </si>
+  <si>
+    <t>2020</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>Matrícula de 1°</t>
+  </si>
+  <si>
+    <t>Matrícula de 2°</t>
+  </si>
+  <si>
+    <t>Matrícula de 3°</t>
+  </si>
+  <si>
+    <t>Matrícula de 4°</t>
+  </si>
+  <si>
+    <t>Matrícula de 5°</t>
+  </si>
+  <si>
+    <t>Matrícula de 6°</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
   <si>
     <t xml:space="preserve">   0</t>
   </si>
   <si>
-    <t>2002</t>
-[...83 lines deleted...]
-    <t xml:space="preserve">Matrícula 2 años </t>
+    <t xml:space="preserve">   1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  17</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  18</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  28</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  32</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  35</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  36</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  39</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  41</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  42</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  43</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  44</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  45</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  46</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  48</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  51</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  52</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  53</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  56</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  57</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  58</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  61</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  62</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  63</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  64</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  66</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  67</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  68</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  69</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  71</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  73</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  74</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  76</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  77</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  78</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  79</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  81</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  82</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  83</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  84</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  85</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  86</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  87</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  88</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  89</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  90</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  91</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  92</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  93</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  94</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  95</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  96</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  97</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  98</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  99</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 100</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 101</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 102</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 103</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 104</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 105</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 106</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 107</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 108</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 109</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 110</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 111</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 112</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 113</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 114</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 115</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 116</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 117</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 118</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 119</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 120</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 121</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 122</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 123</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 124</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 125</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 126</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 127</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 128</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 129</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 130</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 131</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 132</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 133</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 134</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 135</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 136</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 137</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 138</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 139</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 140</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 141</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 142</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 143</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 144</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 145</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 146</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 147</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 148</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 149</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 150</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 151</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 152</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 153</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 154</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 155</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 156</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 157</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 158</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 159</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 160</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 161</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 162</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 163</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 164</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 165</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 166</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 167</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 168</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 169</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 170</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 171</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 172</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 173</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 174</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 175</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 176</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 177</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 178</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 179</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 180</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 181</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 182</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 183</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 184</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 185</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 186</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 187</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 188</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 189</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 190</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 191</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 192</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 193</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 194</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 195</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 196</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 197</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 198</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 199</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 200</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 201</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 202</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 203</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 204</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 205</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 206</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 207</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 208</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 209</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 210</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 211</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 212</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 213</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 214</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 215</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 216</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 217</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 218</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 219</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 220</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 221</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 222</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 223</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 224</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 225</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 226</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 227</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 228</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 229</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 230</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 231</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 232</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 233</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 234</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 235</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 236</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 237</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 238</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 239</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 240</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 241</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 242</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 243</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 244</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 245</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 246</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 247</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 248</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 249</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 250</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 251</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 252</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 253</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 254</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 255</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 256</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 257</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 258</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 259</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 260</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 261</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 262</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 263</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 264</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 265</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 266</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 267</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 268</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 269</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 270</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 271</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 272</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 273</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 274</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 275</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 276</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 277</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 278</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 279</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 280</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 281</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 282</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 283</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 284</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 285</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 286</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 287</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 288</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 289</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 290</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 291</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 292</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 293</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 294</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 295</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 296</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 297</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 298</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 299</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 300</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 301</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 302</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 303</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 304</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 305</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 306</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 307</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 308</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 309</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 310</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 311</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 312</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 313</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 314</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 315</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 316</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 317</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 318</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 319</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 320</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 321</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 322</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 323</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 324</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 325</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 326</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 327</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 328</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 329</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 330</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 331</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 332</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 333</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 334</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 335</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 336</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 337</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 338</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 339</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 340</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 341</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 342</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 343</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 344</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 345</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 346</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 347</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 348</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 349</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 350</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 351</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 352</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 353</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 354</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 355</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 356</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 357</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 358</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 359</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 360</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 361</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 362</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 363</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 364</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 365</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 366</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 367</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 368</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 369</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 370</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 371</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 372</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 373</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 374</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 375</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 376</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 377</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 378</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 379</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 380</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 381</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 382</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 383</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 384</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 385</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 386</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 387</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 388</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 389</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 390</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 391</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 392</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 393</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 394</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 395</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 396</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 397</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 398</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 399</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 400</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 401</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 402</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 403</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 404</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 405</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 406</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 407</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 408</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 409</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 410</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 411</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 412</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 413</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 414</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 415</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 416</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 417</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 418</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 419</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 420</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 421</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 422</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 423</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 424</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 425</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 426</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 427</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 428</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 429</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 430</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 431</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 432</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 433</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 434</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 435</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 436</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 437</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 438</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 439</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 440</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 441</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 442</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 443</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 444</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 446</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 447</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 449</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 450</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 451</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 452</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 453</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 454</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 455</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 456</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 457</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 458</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 459</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 460</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 461</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 462</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 463</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 464</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 465</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 466</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 468</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 469</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 470</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 471</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 472</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 473</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 474</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 475</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 476</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 477</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 478</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 479</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 480</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 481</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 482</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 483</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 484</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 485</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 486</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 487</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 488</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 489</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 490</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 491</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 492</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 493</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 494</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 495</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 496</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 497</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 498</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 499</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 500</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 501</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 502</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 503</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 504</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 505</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 506</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 507</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 508</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 509</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 510</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 511</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 512</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 513</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 514</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 515</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 516</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 517</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 518</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 519</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 520</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 521</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 522</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 523</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 524</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 525</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 526</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 527</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 528</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 529</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 530</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 531</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 532</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 533</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 534</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 535</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 536</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 537</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 538</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 539</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 540</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 541</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 542</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 543</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 544</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 545</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 546</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 547</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 548</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 549</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 550</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 551</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 552</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 553</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 554</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 555</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 556</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 557</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 558</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 559</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 560</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 561</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 562</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 563</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 564</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 565</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 566</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 567</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 568</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 569</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 570</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 571</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 572</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 573</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 574</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 575</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 576</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 577</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 578</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 579</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 580</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 581</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 582</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 583</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 584</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 585</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 586</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 587</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 588</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 589</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 590</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 591</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 592</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 593</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 594</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 595</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 596</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 597</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 598</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 599</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 600</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 601</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 602</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 603</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 604</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 605</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 606</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 607</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 608</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 609</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 610</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 611</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 612</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 613</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 614</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 615</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 616</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 617</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 618</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 619</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 620</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 621</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 622</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 623</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 624</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 625</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 626</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 627</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 628</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 629</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 630</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 631</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 632</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 633</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 634</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 635</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 636</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 637</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 638</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 639</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 640</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 641</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 642</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 643</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 644</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 645</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 646</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 647</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 648</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 649</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 650</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 651</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 652</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 653</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 654</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 655</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 656</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 657</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 658</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 659</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 660</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 661</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 662</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 663</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 664</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 665</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 666</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 667</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 668</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 669</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 670</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 671</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 672</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 673</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 674</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 675</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 676</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 677</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 678</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 679</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 680</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 681</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 682</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 683</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 684</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 685</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 686</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 687</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 688</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 689</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 690</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 691</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 692</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 693</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 694</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 695</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 696</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 697</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 698</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 699</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 700</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 701</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 702</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 703</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 704</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 705</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 706</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 707</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 708</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 709</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 710</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 711</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 712</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 713</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 714</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 715</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 716</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 717</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 718</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 719</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 720</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 721</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 722</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 723</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 724</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 725</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 726</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 727</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 728</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 729</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 730</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 731</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 732</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 733</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 734</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 735</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 736</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 737</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 738</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 739</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 740</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 741</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 742</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 743</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 744</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 745</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 746</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 747</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 748</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 749</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 750</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 751</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 752</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 753</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 754</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 755</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 756</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 757</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 758</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 759</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 760</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 761</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 762</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 763</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 764</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 765</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 766</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 767</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 768</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 769</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 770</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 771</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 772</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 773</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 774</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 775</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 776</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 777</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 778</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 779</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 780</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 781</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 782</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 783</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 784</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 785</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 786</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 787</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 788</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 789</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 790</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 791</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 792</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 793</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 794</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 795</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 796</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 797</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 798</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 799</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 800</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 801</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 802</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 803</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 804</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 805</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 806</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 807</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 808</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 809</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 810</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 811</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 812</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 813</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 814</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 815</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 816</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 817</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 818</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 819</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 820</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 821</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 822</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 823</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 824</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 825</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 826</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 827</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 828</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 829</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 830</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 831</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 832</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 833</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 834</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 835</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 836</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 837</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 838</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 839</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 840</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 841</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 842</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 843</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 844</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 845</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 846</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 847</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 848</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 849</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 850</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 851</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 852</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 853</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 854</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 855</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 856</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 857</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 858</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 859</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 860</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 861</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 862</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 863</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 864</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 865</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 866</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 867</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 868</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 869</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 870</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 871</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 872</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 873</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 874</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 875</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 876</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 877</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 878</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 879</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 880</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 881</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 882</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 883</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 884</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 885</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 886</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 887</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 888</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 889</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 890</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 891</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 892</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 893</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 894</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 895</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 896</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 897</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 898</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 899</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 900</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 901</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 902</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 903</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 904</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 905</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 906</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 907</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 908</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 909</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 910</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 911</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 912</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 913</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 914</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 915</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 916</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 917</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 918</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 919</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 920</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 921</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 922</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 923</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 924</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 925</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 926</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 927</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 928</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 929</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 930</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 931</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 932</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 933</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 934</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 935</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 936</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 937</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 938</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 939</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 940</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 941</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 942</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 943</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 944</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 945</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 946</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 947</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 948</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 949</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 950</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 951</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 952</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 953</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 954</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 955</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 956</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 957</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 958</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 959</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 960</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 961</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 962</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 963</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 964</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 965</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 966</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 967</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 968</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 969</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 970</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 971</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 972</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 973</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 974</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 975</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 976</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 977</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 978</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 979</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 980</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 981</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 982</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 983</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 984</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 985</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 986</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 987</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 988</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 989</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 990</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 991</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 992</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 993</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 994</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 995</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 996</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 997</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 998</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 999</t>
+  </si>
+  <si>
+    <t>1000</t>
+  </si>
+  <si>
+    <t>1001</t>
+  </si>
+  <si>
+    <t>1002</t>
+  </si>
+  <si>
+    <t>1003</t>
+  </si>
+  <si>
+    <t>1004</t>
+  </si>
+  <si>
+    <t>1005</t>
+  </si>
+  <si>
+    <t>1006</t>
+  </si>
+  <si>
+    <t>1007</t>
+  </si>
+  <si>
+    <t>1008</t>
+  </si>
+  <si>
+    <t>1009</t>
+  </si>
+  <si>
+    <t>1010</t>
+  </si>
+  <si>
+    <t>1011</t>
+  </si>
+  <si>
+    <t>1012</t>
+  </si>
+  <si>
+    <t>1013</t>
+  </si>
+  <si>
+    <t>1014</t>
+  </si>
+  <si>
+    <t>1015</t>
+  </si>
+  <si>
+    <t>1016</t>
+  </si>
+  <si>
+    <t>1017</t>
+  </si>
+  <si>
+    <t>1018</t>
+  </si>
+  <si>
+    <t>1019</t>
+  </si>
+  <si>
+    <t>1020</t>
+  </si>
+  <si>
+    <t>1021</t>
+  </si>
+  <si>
+    <t>1022</t>
+  </si>
+  <si>
+    <t>1023</t>
+  </si>
+  <si>
+    <t>1024</t>
+  </si>
+  <si>
+    <t>1025</t>
+  </si>
+  <si>
+    <t>1026</t>
+  </si>
+  <si>
+    <t>1027</t>
+  </si>
+  <si>
+    <t>1028</t>
+  </si>
+  <si>
+    <t>1029</t>
+  </si>
+  <si>
+    <t>1030</t>
+  </si>
+  <si>
+    <t>1031</t>
+  </si>
+  <si>
+    <t>1032</t>
+  </si>
+  <si>
+    <t>1033</t>
+  </si>
+  <si>
+    <t>1034</t>
+  </si>
+  <si>
+    <t>1035</t>
+  </si>
+  <si>
+    <t>1036</t>
+  </si>
+  <si>
+    <t>1037</t>
+  </si>
+  <si>
+    <t>1038</t>
+  </si>
+  <si>
+    <t>1039</t>
+  </si>
+  <si>
+    <t>1040</t>
+  </si>
+  <si>
+    <t>1041</t>
+  </si>
+  <si>
+    <t>1042</t>
+  </si>
+  <si>
+    <t>1043</t>
+  </si>
+  <si>
+    <t>1044</t>
+  </si>
+  <si>
+    <t>1045</t>
+  </si>
+  <si>
+    <t>1046</t>
+  </si>
+  <si>
+    <t>1047</t>
+  </si>
+  <si>
+    <t>1048</t>
+  </si>
+  <si>
+    <t>1049</t>
+  </si>
+  <si>
+    <t>1050</t>
+  </si>
+  <si>
+    <t>1051</t>
+  </si>
+  <si>
+    <t>1052</t>
+  </si>
+  <si>
+    <t>1053</t>
+  </si>
+  <si>
+    <t>1054</t>
+  </si>
+  <si>
+    <t>1055</t>
+  </si>
+  <si>
+    <t>1056</t>
+  </si>
+  <si>
+    <t>1057</t>
+  </si>
+  <si>
+    <t>1058</t>
+  </si>
+  <si>
+    <t>1059</t>
+  </si>
+  <si>
+    <t>1060</t>
+  </si>
+  <si>
+    <t>1061</t>
+  </si>
+  <si>
+    <t>1062</t>
+  </si>
+  <si>
+    <t>1063</t>
+  </si>
+  <si>
+    <t>1064</t>
+  </si>
+  <si>
+    <t>1065</t>
+  </si>
+  <si>
+    <t>1066</t>
+  </si>
+  <si>
+    <t>1067</t>
+  </si>
+  <si>
+    <t>1068</t>
+  </si>
+  <si>
+    <t>1069</t>
+  </si>
+  <si>
+    <t>1070</t>
+  </si>
+  <si>
+    <t>1071</t>
+  </si>
+  <si>
+    <t>1072</t>
+  </si>
+  <si>
+    <t>1073</t>
+  </si>
+  <si>
+    <t>1074</t>
+  </si>
+  <si>
+    <t>1075</t>
+  </si>
+  <si>
+    <t>1076</t>
+  </si>
+  <si>
+    <t>1077</t>
+  </si>
+  <si>
+    <t>1078</t>
+  </si>
+  <si>
+    <t>1079</t>
+  </si>
+  <si>
+    <t>1080</t>
+  </si>
+  <si>
+    <t>1081</t>
+  </si>
+  <si>
+    <t>1082</t>
+  </si>
+  <si>
+    <t>1083</t>
+  </si>
+  <si>
+    <t>1084</t>
+  </si>
+  <si>
+    <t>1085</t>
+  </si>
+  <si>
+    <t>1086</t>
+  </si>
+  <si>
+    <t>1087</t>
+  </si>
+  <si>
+    <t>1088</t>
+  </si>
+  <si>
+    <t>1089</t>
+  </si>
+  <si>
+    <t>1090</t>
+  </si>
+  <si>
+    <t>1091</t>
+  </si>
+  <si>
+    <t>1092</t>
+  </si>
+  <si>
+    <t>1093</t>
+  </si>
+  <si>
+    <t>1094</t>
+  </si>
+  <si>
+    <t>1095</t>
+  </si>
+  <si>
+    <t>1096</t>
+  </si>
+  <si>
+    <t>1097</t>
+  </si>
+  <si>
+    <t>1098</t>
+  </si>
+  <si>
+    <t>1099</t>
+  </si>
+  <si>
+    <t>1100</t>
+  </si>
+  <si>
+    <t>1101</t>
+  </si>
+  <si>
+    <t>1102</t>
+  </si>
+  <si>
+    <t>1103</t>
+  </si>
+  <si>
+    <t>1104</t>
+  </si>
+  <si>
+    <t>1105</t>
+  </si>
+  <si>
+    <t>1106</t>
+  </si>
+  <si>
+    <t>1107</t>
+  </si>
+  <si>
+    <t>1108</t>
+  </si>
+  <si>
+    <t>1109</t>
+  </si>
+  <si>
+    <t>1110</t>
+  </si>
+  <si>
+    <t>1111</t>
+  </si>
+  <si>
+    <t>1112</t>
+  </si>
+  <si>
+    <t>1113</t>
+  </si>
+  <si>
+    <t>1114</t>
+  </si>
+  <si>
+    <t>1115</t>
+  </si>
+  <si>
+    <t>1116</t>
+  </si>
+  <si>
+    <t>1117</t>
+  </si>
+  <si>
+    <t>1118</t>
+  </si>
+  <si>
+    <t>1119</t>
+  </si>
+  <si>
+    <t>1120</t>
+  </si>
+  <si>
+    <t>1121</t>
+  </si>
+  <si>
+    <t>1122</t>
+  </si>
+  <si>
+    <t>1123</t>
+  </si>
+  <si>
+    <t>1124</t>
+  </si>
+  <si>
+    <t>1125</t>
+  </si>
+  <si>
+    <t>1126</t>
+  </si>
+  <si>
+    <t>1127</t>
+  </si>
+  <si>
+    <t>1128</t>
+  </si>
+  <si>
+    <t>1129</t>
+  </si>
+  <si>
+    <t>1130</t>
+  </si>
+  <si>
+    <t>1131</t>
+  </si>
+  <si>
+    <t>1132</t>
+  </si>
+  <si>
+    <t>1133</t>
+  </si>
+  <si>
+    <t>1134</t>
+  </si>
+  <si>
+    <t>1135</t>
+  </si>
+  <si>
+    <t>1136</t>
+  </si>
+  <si>
+    <t>1137</t>
+  </si>
+  <si>
+    <t>1138</t>
+  </si>
+  <si>
+    <t>1139</t>
+  </si>
+  <si>
+    <t>1140</t>
+  </si>
+  <si>
+    <t>1141</t>
+  </si>
+  <si>
+    <t>1142</t>
+  </si>
+  <si>
+    <t>1143</t>
+  </si>
+  <si>
+    <t>1144</t>
+  </si>
+  <si>
+    <t>1145</t>
+  </si>
+  <si>
+    <t>1146</t>
+  </si>
+  <si>
+    <t>1147</t>
+  </si>
+  <si>
+    <t>1148</t>
+  </si>
+  <si>
+    <t>1149</t>
+  </si>
+  <si>
+    <t>1150</t>
+  </si>
+  <si>
+    <t>1151</t>
+  </si>
+  <si>
+    <t>1152</t>
+  </si>
+  <si>
+    <t>1153</t>
+  </si>
+  <si>
+    <t>1154</t>
+  </si>
+  <si>
+    <t>1155</t>
+  </si>
+  <si>
+    <t>1156</t>
+  </si>
+  <si>
+    <t>1157</t>
+  </si>
+  <si>
+    <t>1158</t>
+  </si>
+  <si>
+    <t>1159</t>
+  </si>
+  <si>
+    <t>1160</t>
+  </si>
+  <si>
+    <t>1161</t>
+  </si>
+  <si>
+    <t>1162</t>
+  </si>
+  <si>
+    <t>1163</t>
+  </si>
+  <si>
+    <t>1164</t>
+  </si>
+  <si>
+    <t>1165</t>
+  </si>
+  <si>
+    <t>1166</t>
+  </si>
+  <si>
+    <t>1167</t>
+  </si>
+  <si>
+    <t>1168</t>
+  </si>
+  <si>
+    <t>1169</t>
+  </si>
+  <si>
+    <t>1170</t>
+  </si>
+  <si>
+    <t>1171</t>
+  </si>
+  <si>
+    <t>1172</t>
+  </si>
+  <si>
+    <t>1173</t>
+  </si>
+  <si>
+    <t>1174</t>
+  </si>
+  <si>
+    <t>1175</t>
+  </si>
+  <si>
+    <t>1176</t>
+  </si>
+  <si>
+    <t>1177</t>
+  </si>
+  <si>
+    <t>1178</t>
+  </si>
+  <si>
+    <t>1179</t>
+  </si>
+  <si>
+    <t>1180</t>
+  </si>
+  <si>
+    <t>1181</t>
+  </si>
+  <si>
+    <t>1182</t>
+  </si>
+  <si>
+    <t>1183</t>
+  </si>
+  <si>
+    <t>1184</t>
+  </si>
+  <si>
+    <t>1185</t>
+  </si>
+  <si>
+    <t>1186</t>
+  </si>
+  <si>
+    <t>1187</t>
+  </si>
+  <si>
+    <t>1188</t>
+  </si>
+  <si>
+    <t>1189</t>
+  </si>
+  <si>
+    <t>1190</t>
+  </si>
+  <si>
+    <t>1191</t>
+  </si>
+  <si>
+    <t>1192</t>
+  </si>
+  <si>
+    <t>1193</t>
+  </si>
+  <si>
+    <t>1194</t>
+  </si>
+  <si>
+    <t>1195</t>
+  </si>
+  <si>
+    <t>1196</t>
+  </si>
+  <si>
+    <t>1197</t>
+  </si>
+  <si>
+    <t>1198</t>
+  </si>
+  <si>
+    <t>1199</t>
+  </si>
+  <si>
+    <t>1200</t>
+  </si>
+  <si>
+    <t>1201</t>
+  </si>
+  <si>
+    <t>1202</t>
+  </si>
+  <si>
+    <t>1203</t>
+  </si>
+  <si>
+    <t>1204</t>
+  </si>
+  <si>
+    <t>1205</t>
+  </si>
+  <si>
+    <t>1206</t>
+  </si>
+  <si>
+    <t>1207</t>
+  </si>
+  <si>
+    <t>1208</t>
+  </si>
+  <si>
+    <t>1209</t>
+  </si>
+  <si>
+    <t>1210</t>
+  </si>
+  <si>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>1212</t>
+  </si>
+  <si>
+    <t>1213</t>
+  </si>
+  <si>
+    <t>1214</t>
+  </si>
+  <si>
+    <t>1215</t>
+  </si>
+  <si>
+    <t>1216</t>
+  </si>
+  <si>
+    <t>1217</t>
+  </si>
+  <si>
+    <t>1218</t>
+  </si>
+  <si>
+    <t>1219</t>
+  </si>
+  <si>
+    <t>1220</t>
+  </si>
+  <si>
+    <t>1221</t>
+  </si>
+  <si>
+    <t>1222</t>
+  </si>
+  <si>
+    <t>1223</t>
+  </si>
+  <si>
+    <t>1224</t>
+  </si>
+  <si>
+    <t>1225</t>
+  </si>
+  <si>
+    <t>1226</t>
+  </si>
+  <si>
+    <t>1227</t>
+  </si>
+  <si>
+    <t>1228</t>
+  </si>
+  <si>
+    <t>1229</t>
+  </si>
+  <si>
+    <t>1230</t>
+  </si>
+  <si>
+    <t>1231</t>
+  </si>
+  <si>
+    <t>1232</t>
+  </si>
+  <si>
+    <t>1233</t>
+  </si>
+  <si>
+    <t>1234</t>
+  </si>
+  <si>
+    <t>1235</t>
+  </si>
+  <si>
+    <t>1236</t>
+  </si>
+  <si>
+    <t>1237</t>
+  </si>
+  <si>
+    <t>1238</t>
+  </si>
+  <si>
+    <t>1239</t>
+  </si>
+  <si>
+    <t>1240</t>
+  </si>
+  <si>
+    <t>1241</t>
+  </si>
+  <si>
+    <t>1242</t>
+  </si>
+  <si>
+    <t>1243</t>
+  </si>
+  <si>
+    <t>1244</t>
+  </si>
+  <si>
+    <t>1245</t>
+  </si>
+  <si>
+    <t>1246</t>
+  </si>
+  <si>
+    <t>1247</t>
+  </si>
+  <si>
+    <t>1248</t>
+  </si>
+  <si>
+    <t>1249</t>
+  </si>
+  <si>
+    <t>1250</t>
+  </si>
+  <si>
+    <t>1251</t>
+  </si>
+  <si>
+    <t>1252</t>
+  </si>
+  <si>
+    <t>1253</t>
+  </si>
+  <si>
+    <t>1254</t>
+  </si>
+  <si>
+    <t>1255</t>
+  </si>
+  <si>
+    <t>1256</t>
+  </si>
+  <si>
+    <t>1257</t>
+  </si>
+  <si>
+    <t>1258</t>
+  </si>
+  <si>
+    <t>1259</t>
+  </si>
+  <si>
+    <t>1260</t>
+  </si>
+  <si>
+    <t>1261</t>
+  </si>
+  <si>
+    <t>1262</t>
+  </si>
+  <si>
+    <t>1263</t>
+  </si>
+  <si>
+    <t>1264</t>
+  </si>
+  <si>
+    <t>1265</t>
+  </si>
+  <si>
+    <t>1266</t>
+  </si>
+  <si>
+    <t>1267</t>
+  </si>
+  <si>
+    <t>1268</t>
+  </si>
+  <si>
+    <t>1269</t>
+  </si>
+  <si>
+    <t>1270</t>
+  </si>
+  <si>
+    <t>1271</t>
+  </si>
+  <si>
+    <t>1272</t>
+  </si>
+  <si>
+    <t>1273</t>
+  </si>
+  <si>
+    <t>1274</t>
+  </si>
+  <si>
+    <t>1275</t>
+  </si>
+  <si>
+    <t>1276</t>
+  </si>
+  <si>
+    <t>1277</t>
+  </si>
+  <si>
+    <t>1278</t>
+  </si>
+  <si>
+    <t>1279</t>
+  </si>
+  <si>
+    <t>1280</t>
+  </si>
+  <si>
+    <t>1281</t>
+  </si>
+  <si>
+    <t>1282</t>
+  </si>
+  <si>
+    <t>1283</t>
+  </si>
+  <si>
+    <t>1284</t>
+  </si>
+  <si>
+    <t>1285</t>
+  </si>
+  <si>
+    <t>1286</t>
+  </si>
+  <si>
+    <t>1287</t>
+  </si>
+  <si>
+    <t>1288</t>
+  </si>
+  <si>
+    <t>1289</t>
+  </si>
+  <si>
+    <t>1290</t>
+  </si>
+  <si>
+    <t>1291</t>
+  </si>
+  <si>
+    <t>1292</t>
+  </si>
+  <si>
+    <t>1293</t>
+  </si>
+  <si>
+    <t>1294</t>
+  </si>
+  <si>
+    <t>1295</t>
+  </si>
+  <si>
+    <t>1296</t>
+  </si>
+  <si>
+    <t>1297</t>
+  </si>
+  <si>
+    <t>1298</t>
+  </si>
+  <si>
+    <t>1299</t>
+  </si>
+  <si>
+    <t>1300</t>
+  </si>
+  <si>
+    <t>1301</t>
+  </si>
+  <si>
+    <t>1302</t>
+  </si>
+  <si>
+    <t>1303</t>
+  </si>
+  <si>
+    <t>1304</t>
+  </si>
+  <si>
+    <t>1305</t>
+  </si>
+  <si>
+    <t>1306</t>
+  </si>
+  <si>
+    <t>1307</t>
+  </si>
+  <si>
+    <t>1308</t>
+  </si>
+  <si>
+    <t>1309</t>
+  </si>
+  <si>
+    <t>1310</t>
+  </si>
+  <si>
+    <t>1311</t>
+  </si>
+  <si>
+    <t>1312</t>
+  </si>
+  <si>
+    <t>1313</t>
+  </si>
+  <si>
+    <t>1314</t>
+  </si>
+  <si>
+    <t>1315</t>
+  </si>
+  <si>
+    <t>1316</t>
+  </si>
+  <si>
+    <t>1317</t>
+  </si>
+  <si>
+    <t>1318</t>
+  </si>
+  <si>
+    <t>1319</t>
+  </si>
+  <si>
+    <t>1320</t>
+  </si>
+  <si>
+    <t>1321</t>
+  </si>
+  <si>
+    <t>1322</t>
+  </si>
+  <si>
+    <t>1323</t>
+  </si>
+  <si>
+    <t>1324</t>
+  </si>
+  <si>
+    <t>1325</t>
+  </si>
+  <si>
+    <t>1326</t>
+  </si>
+  <si>
+    <t>1327</t>
+  </si>
+  <si>
+    <t>1328</t>
+  </si>
+  <si>
+    <t>1329</t>
+  </si>
+  <si>
+    <t>1330</t>
+  </si>
+  <si>
+    <t>1331</t>
+  </si>
+  <si>
+    <t>1332</t>
+  </si>
+  <si>
+    <t>1333</t>
+  </si>
+  <si>
+    <t>1334</t>
+  </si>
+  <si>
+    <t>1335</t>
+  </si>
+  <si>
+    <t>1336</t>
+  </si>
+  <si>
+    <t>1337</t>
+  </si>
+  <si>
+    <t>1338</t>
+  </si>
+  <si>
+    <t>1339</t>
+  </si>
+  <si>
+    <t>1340</t>
+  </si>
+  <si>
+    <t>1341</t>
+  </si>
+  <si>
+    <t>1342</t>
+  </si>
+  <si>
+    <t>1343</t>
+  </si>
+  <si>
+    <t>1344</t>
+  </si>
+  <si>
+    <t>1345</t>
+  </si>
+  <si>
+    <t>1346</t>
+  </si>
+  <si>
+    <t>1347</t>
+  </si>
+  <si>
+    <t>1348</t>
+  </si>
+  <si>
+    <t>1349</t>
+  </si>
+  <si>
+    <t>1350</t>
+  </si>
+  <si>
+    <t>1351</t>
+  </si>
+  <si>
+    <t>1352</t>
+  </si>
+  <si>
+    <t>1353</t>
+  </si>
+  <si>
+    <t>1354</t>
+  </si>
+  <si>
+    <t>1355</t>
+  </si>
+  <si>
+    <t>1356</t>
+  </si>
+  <si>
+    <t>1357</t>
+  </si>
+  <si>
+    <t>1358</t>
+  </si>
+  <si>
+    <t>1359</t>
+  </si>
+  <si>
+    <t>1360</t>
+  </si>
+  <si>
+    <t>1361</t>
+  </si>
+  <si>
+    <t>1362</t>
+  </si>
+  <si>
+    <t>1363</t>
+  </si>
+  <si>
+    <t>1364</t>
+  </si>
+  <si>
+    <t>1365</t>
+  </si>
+  <si>
+    <t>1366</t>
+  </si>
+  <si>
+    <t>1367</t>
+  </si>
+  <si>
+    <t>1368</t>
+  </si>
+  <si>
+    <t>1369</t>
+  </si>
+  <si>
+    <t>1370</t>
+  </si>
+  <si>
+    <t>1371</t>
+  </si>
+  <si>
+    <t>1372</t>
+  </si>
+  <si>
+    <t>1373</t>
+  </si>
+  <si>
+    <t>1374</t>
+  </si>
+  <si>
+    <t>1375</t>
+  </si>
+  <si>
+    <t>1376</t>
+  </si>
+  <si>
+    <t>1377</t>
+  </si>
+  <si>
+    <t>1378</t>
+  </si>
+  <si>
+    <t>1379</t>
+  </si>
+  <si>
+    <t>1380</t>
+  </si>
+  <si>
+    <t>1381</t>
+  </si>
+  <si>
+    <t>1382</t>
+  </si>
+  <si>
+    <t>1383</t>
+  </si>
+  <si>
+    <t>1384</t>
+  </si>
+  <si>
+    <t>1385</t>
+  </si>
+  <si>
+    <t>1386</t>
+  </si>
+  <si>
+    <t>1387</t>
+  </si>
+  <si>
+    <t>1388</t>
+  </si>
+  <si>
+    <t>1389</t>
+  </si>
+  <si>
+    <t>1390</t>
+  </si>
+  <si>
+    <t>1391</t>
+  </si>
+  <si>
+    <t>1392</t>
+  </si>
+  <si>
+    <t>1393</t>
+  </si>
+  <si>
+    <t>1394</t>
+  </si>
+  <si>
+    <t>1395</t>
+  </si>
+  <si>
+    <t>1396</t>
+  </si>
+  <si>
+    <t>1397</t>
+  </si>
+  <si>
+    <t>1398</t>
+  </si>
+  <si>
+    <t>1399</t>
+  </si>
+  <si>
+    <t>1400</t>
+  </si>
+  <si>
+    <t>1401</t>
+  </si>
+  <si>
+    <t>1402</t>
+  </si>
+  <si>
+    <t>1403</t>
+  </si>
+  <si>
+    <t>1404</t>
+  </si>
+  <si>
+    <t>1405</t>
+  </si>
+  <si>
+    <t>1406</t>
+  </si>
+  <si>
+    <t>1407</t>
+  </si>
+  <si>
+    <t>1408</t>
+  </si>
+  <si>
+    <t>1409</t>
+  </si>
+  <si>
+    <t>1410</t>
+  </si>
+  <si>
+    <t>1411</t>
+  </si>
+  <si>
+    <t>1412</t>
+  </si>
+  <si>
+    <t>1413</t>
+  </si>
+  <si>
+    <t>1414</t>
+  </si>
+  <si>
+    <t>1415</t>
+  </si>
+  <si>
+    <t>1416</t>
+  </si>
+  <si>
+    <t>1417</t>
+  </si>
+  <si>
+    <t>1418</t>
+  </si>
+  <si>
+    <t>1419</t>
+  </si>
+  <si>
+    <t>1420</t>
+  </si>
+  <si>
+    <t>1421</t>
+  </si>
+  <si>
+    <t>1422</t>
+  </si>
+  <si>
+    <t>1423</t>
+  </si>
+  <si>
+    <t>1424</t>
+  </si>
+  <si>
+    <t>1425</t>
+  </si>
+  <si>
+    <t>1426</t>
+  </si>
+  <si>
+    <t>1427</t>
+  </si>
+  <si>
+    <t>1428</t>
+  </si>
+  <si>
+    <t>1429</t>
+  </si>
+  <si>
+    <t>1430</t>
+  </si>
+  <si>
+    <t>1431</t>
+  </si>
+  <si>
+    <t>1432</t>
+  </si>
+  <si>
+    <t>1433</t>
+  </si>
+  <si>
+    <t>1434</t>
+  </si>
+  <si>
+    <t>1435</t>
+  </si>
+  <si>
+    <t>1436</t>
+  </si>
+  <si>
+    <t>1437</t>
+  </si>
+  <si>
+    <t>1438</t>
+  </si>
+  <si>
+    <t>1439</t>
+  </si>
+  <si>
+    <t>1440</t>
+  </si>
+  <si>
+    <t>1441</t>
+  </si>
+  <si>
+    <t>1442</t>
+  </si>
+  <si>
+    <t>1443</t>
+  </si>
+  <si>
+    <t>1444</t>
+  </si>
+  <si>
+    <t>1445</t>
+  </si>
+  <si>
+    <t>1446</t>
+  </si>
+  <si>
+    <t>1447</t>
+  </si>
+  <si>
+    <t>1448</t>
+  </si>
+  <si>
+    <t>1449</t>
+  </si>
+  <si>
+    <t>1450</t>
+  </si>
+  <si>
+    <t>1451</t>
+  </si>
+  <si>
+    <t>1452</t>
+  </si>
+  <si>
+    <t>1453</t>
+  </si>
+  <si>
+    <t>1454</t>
+  </si>
+  <si>
+    <t>1455</t>
+  </si>
+  <si>
+    <t>1456</t>
+  </si>
+  <si>
+    <t>1457</t>
+  </si>
+  <si>
+    <t>1458</t>
+  </si>
+  <si>
+    <t>1459</t>
+  </si>
+  <si>
+    <t>1460</t>
+  </si>
+  <si>
+    <t>1461</t>
+  </si>
+  <si>
+    <t>1462</t>
+  </si>
+  <si>
+    <t>1463</t>
+  </si>
+  <si>
+    <t>1464</t>
+  </si>
+  <si>
+    <t>1465</t>
+  </si>
+  <si>
+    <t>1466</t>
+  </si>
+  <si>
+    <t>1467</t>
+  </si>
+  <si>
+    <t>1468</t>
+  </si>
+  <si>
+    <t>1469</t>
+  </si>
+  <si>
+    <t>1470</t>
+  </si>
+  <si>
+    <t>1471</t>
+  </si>
+  <si>
+    <t>1472</t>
+  </si>
+  <si>
+    <t>1473</t>
+  </si>
+  <si>
+    <t>1474</t>
+  </si>
+  <si>
+    <t>1475</t>
+  </si>
+  <si>
+    <t>1476</t>
+  </si>
+  <si>
+    <t>1477</t>
+  </si>
+  <si>
+    <t>1478</t>
+  </si>
+  <si>
+    <t>1479</t>
+  </si>
+  <si>
+    <t>1480</t>
+  </si>
+  <si>
+    <t>1481</t>
+  </si>
+  <si>
+    <t>1482</t>
+  </si>
+  <si>
+    <t>1483</t>
+  </si>
+  <si>
+    <t>1484</t>
+  </si>
+  <si>
+    <t>1485</t>
+  </si>
+  <si>
+    <t>1486</t>
+  </si>
+  <si>
+    <t>1487</t>
+  </si>
+  <si>
+    <t>1488</t>
+  </si>
+  <si>
+    <t>1489</t>
+  </si>
+  <si>
+    <t>1490</t>
+  </si>
+  <si>
+    <t>1491</t>
+  </si>
+  <si>
+    <t>1492</t>
+  </si>
+  <si>
+    <t>1493</t>
+  </si>
+  <si>
+    <t>1494</t>
+  </si>
+  <si>
+    <t>1495</t>
+  </si>
+  <si>
+    <t>1496</t>
+  </si>
+  <si>
+    <t>1497</t>
+  </si>
+  <si>
+    <t>1498</t>
+  </si>
+  <si>
+    <t>1499</t>
+  </si>
+  <si>
+    <t>1500</t>
+  </si>
+  <si>
+    <t>1501</t>
+  </si>
+  <si>
+    <t>1502</t>
+  </si>
+  <si>
+    <t>1503</t>
+  </si>
+  <si>
+    <t>1504</t>
+  </si>
+  <si>
+    <t>1505</t>
+  </si>
+  <si>
+    <t>1506</t>
+  </si>
+  <si>
+    <t>1507</t>
+  </si>
+  <si>
+    <t>1508</t>
+  </si>
+  <si>
+    <t>1509</t>
+  </si>
+  <si>
+    <t>1510</t>
+  </si>
+  <si>
+    <t>1511</t>
+  </si>
+  <si>
+    <t>1512</t>
+  </si>
+  <si>
+    <t>1513</t>
+  </si>
+  <si>
+    <t>1514</t>
+  </si>
+  <si>
+    <t>1515</t>
+  </si>
+  <si>
+    <t>1516</t>
+  </si>
+  <si>
+    <t>1517</t>
+  </si>
+  <si>
+    <t>1518</t>
+  </si>
+  <si>
+    <t>1519</t>
+  </si>
+  <si>
+    <t>1520</t>
+  </si>
+  <si>
+    <t>1521</t>
+  </si>
+  <si>
+    <t>1522</t>
+  </si>
+  <si>
+    <t>1523</t>
+  </si>
+  <si>
+    <t>1524</t>
+  </si>
+  <si>
+    <t>1525</t>
+  </si>
+  <si>
+    <t>1526</t>
+  </si>
+  <si>
+    <t>1527</t>
+  </si>
+  <si>
+    <t>1528</t>
+  </si>
+  <si>
+    <t>1529</t>
+  </si>
+  <si>
+    <t>1530</t>
+  </si>
+  <si>
+    <t>1531</t>
+  </si>
+  <si>
+    <t>1532</t>
+  </si>
+  <si>
+    <t>1533</t>
+  </si>
+  <si>
+    <t>1534</t>
+  </si>
+  <si>
+    <t>1535</t>
+  </si>
+  <si>
+    <t>1536</t>
+  </si>
+  <si>
+    <t>1537</t>
+  </si>
+  <si>
+    <t>1538</t>
+  </si>
+  <si>
+    <t>1539</t>
+  </si>
+  <si>
+    <t>1540</t>
+  </si>
+  <si>
+    <t>1541</t>
+  </si>
+  <si>
+    <t>1542</t>
+  </si>
+  <si>
+    <t>1543</t>
+  </si>
+  <si>
+    <t>1544</t>
+  </si>
+  <si>
+    <t>1545</t>
+  </si>
+  <si>
+    <t>1546</t>
+  </si>
+  <si>
+    <t>1547</t>
+  </si>
+  <si>
+    <t>1548</t>
+  </si>
+  <si>
+    <t>1549</t>
+  </si>
+  <si>
+    <t>1550</t>
+  </si>
+  <si>
+    <t>1551</t>
+  </si>
+  <si>
+    <t>1552</t>
+  </si>
+  <si>
+    <t>1553</t>
+  </si>
+  <si>
+    <t>1554</t>
+  </si>
+  <si>
+    <t>1555</t>
+  </si>
+  <si>
+    <t>1556</t>
+  </si>
+  <si>
+    <t>1557</t>
+  </si>
+  <si>
+    <t>1558</t>
+  </si>
+  <si>
+    <t>1559</t>
+  </si>
+  <si>
+    <t>1560</t>
+  </si>
+  <si>
+    <t>1561</t>
+  </si>
+  <si>
+    <t>1562</t>
+  </si>
+  <si>
+    <t>1563</t>
+  </si>
+  <si>
+    <t>1564</t>
+  </si>
+  <si>
+    <t>1565</t>
+  </si>
+  <si>
+    <t>1566</t>
+  </si>
+  <si>
+    <t>1567</t>
+  </si>
+  <si>
+    <t>1568</t>
+  </si>
+  <si>
+    <t>1569</t>
+  </si>
+  <si>
+    <t>1570</t>
+  </si>
+  <si>
+    <t>1571</t>
+  </si>
+  <si>
+    <t>1572</t>
+  </si>
+  <si>
+    <t>1573</t>
+  </si>
+  <si>
+    <t>1574</t>
+  </si>
+  <si>
+    <t>1575</t>
+  </si>
+  <si>
+    <t>1576</t>
+  </si>
+  <si>
+    <t>1577</t>
+  </si>
+  <si>
+    <t>1578</t>
+  </si>
+  <si>
+    <t>1579</t>
+  </si>
+  <si>
+    <t>1580</t>
+  </si>
+  <si>
+    <t>1581</t>
+  </si>
+  <si>
+    <t>1582</t>
+  </si>
+  <si>
+    <t>1583</t>
+  </si>
+  <si>
+    <t>1584</t>
+  </si>
+  <si>
+    <t>1585</t>
+  </si>
+  <si>
+    <t>1586</t>
+  </si>
+  <si>
+    <t>1587</t>
+  </si>
+  <si>
+    <t>1588</t>
+  </si>
+  <si>
+    <t>1589</t>
+  </si>
+  <si>
+    <t>1590</t>
+  </si>
+  <si>
+    <t>1591</t>
+  </si>
+  <si>
+    <t>1592</t>
+  </si>
+  <si>
+    <t>1593</t>
+  </si>
+  <si>
+    <t>1594</t>
+  </si>
+  <si>
+    <t>1595</t>
+  </si>
+  <si>
+    <t>1596</t>
+  </si>
+  <si>
+    <t>1597</t>
+  </si>
+  <si>
+    <t>1598</t>
+  </si>
+  <si>
+    <t>1599</t>
+  </si>
+  <si>
+    <t>1600</t>
+  </si>
+  <si>
+    <t>1601</t>
+  </si>
+  <si>
+    <t>1602</t>
+  </si>
+  <si>
+    <t>1603</t>
+  </si>
+  <si>
+    <t>1604</t>
+  </si>
+  <si>
+    <t>1605</t>
+  </si>
+  <si>
+    <t>1606</t>
+  </si>
+  <si>
+    <t>1607</t>
+  </si>
+  <si>
+    <t>1608</t>
+  </si>
+  <si>
+    <t>1609</t>
+  </si>
+  <si>
+    <t>1610</t>
+  </si>
+  <si>
+    <t>1611</t>
+  </si>
+  <si>
+    <t>1612</t>
+  </si>
+  <si>
+    <t>1613</t>
+  </si>
+  <si>
+    <t>1614</t>
+  </si>
+  <si>
+    <t>1615</t>
+  </si>
+  <si>
+    <t>1616</t>
+  </si>
+  <si>
+    <t>1617</t>
+  </si>
+  <si>
+    <t>1618</t>
+  </si>
+  <si>
+    <t>1619</t>
+  </si>
+  <si>
+    <t>1620</t>
+  </si>
+  <si>
+    <t>1621</t>
+  </si>
+  <si>
+    <t>1622</t>
+  </si>
+  <si>
+    <t>1623</t>
+  </si>
+  <si>
+    <t>1624</t>
+  </si>
+  <si>
+    <t>1625</t>
+  </si>
+  <si>
+    <t>1626</t>
+  </si>
+  <si>
+    <t>1627</t>
+  </si>
+  <si>
+    <t>1628</t>
+  </si>
+  <si>
+    <t>1629</t>
+  </si>
+  <si>
+    <t>1630</t>
+  </si>
+  <si>
+    <t>1631</t>
+  </si>
+  <si>
+    <t>1632</t>
+  </si>
+  <si>
+    <t>1633</t>
+  </si>
+  <si>
+    <t>1634</t>
+  </si>
+  <si>
+    <t>1635</t>
+  </si>
+  <si>
+    <t>1636</t>
+  </si>
+  <si>
+    <t>1637</t>
+  </si>
+  <si>
+    <t>1638</t>
+  </si>
+  <si>
+    <t>1639</t>
+  </si>
+  <si>
+    <t>1640</t>
+  </si>
+  <si>
+    <t>1641</t>
+  </si>
+  <si>
+    <t>1642</t>
+  </si>
+  <si>
+    <t>1643</t>
+  </si>
+  <si>
+    <t>1644</t>
+  </si>
+  <si>
+    <t>1645</t>
+  </si>
+  <si>
+    <t>1646</t>
+  </si>
+  <si>
+    <t>1647</t>
+  </si>
+  <si>
+    <t>1648</t>
+  </si>
+  <si>
+    <t>1649</t>
+  </si>
+  <si>
+    <t>1650</t>
+  </si>
+  <si>
+    <t>1651</t>
+  </si>
+  <si>
+    <t>1652</t>
+  </si>
+  <si>
+    <t>1653</t>
+  </si>
+  <si>
+    <t>1654</t>
+  </si>
+  <si>
+    <t>1655</t>
+  </si>
+  <si>
+    <t>1656</t>
+  </si>
+  <si>
+    <t>1657</t>
+  </si>
+  <si>
+    <t>1658</t>
+  </si>
+  <si>
+    <t>1659</t>
+  </si>
+  <si>
+    <t>1660</t>
+  </si>
+  <si>
+    <t>1661</t>
+  </si>
+  <si>
+    <t>1662</t>
+  </si>
+  <si>
+    <t>1663</t>
+  </si>
+  <si>
+    <t>1664</t>
+  </si>
+  <si>
+    <t>1665</t>
+  </si>
+  <si>
+    <t>1666</t>
+  </si>
+  <si>
+    <t>1667</t>
+  </si>
+  <si>
+    <t>1668</t>
+  </si>
+  <si>
+    <t>1669</t>
+  </si>
+  <si>
+    <t>1670</t>
+  </si>
+  <si>
+    <t>1671</t>
+  </si>
+  <si>
+    <t>1672</t>
+  </si>
+  <si>
+    <t>1673</t>
+  </si>
+  <si>
+    <t>1674</t>
+  </si>
+  <si>
+    <t>1675</t>
+  </si>
+  <si>
+    <t>1676</t>
+  </si>
+  <si>
+    <t>1677</t>
+  </si>
+  <si>
+    <t>1678</t>
+  </si>
+  <si>
+    <t>1679</t>
+  </si>
+  <si>
+    <t>1680</t>
+  </si>
+  <si>
+    <t>1681</t>
+  </si>
+  <si>
+    <t>1682</t>
+  </si>
+  <si>
+    <t>1683</t>
+  </si>
+  <si>
+    <t>1684</t>
+  </si>
+  <si>
+    <t>1685</t>
+  </si>
+  <si>
+    <t>1686</t>
+  </si>
+  <si>
+    <t>1687</t>
+  </si>
+  <si>
+    <t>1688</t>
+  </si>
+  <si>
+    <t>1689</t>
+  </si>
+  <si>
+    <t>1690</t>
+  </si>
+  <si>
+    <t>1691</t>
+  </si>
+  <si>
+    <t>1692</t>
+  </si>
+  <si>
+    <t>1693</t>
+  </si>
+  <si>
+    <t>1694</t>
+  </si>
+  <si>
+    <t>1695</t>
+  </si>
+  <si>
+    <t>1696</t>
+  </si>
+  <si>
+    <t>1697</t>
+  </si>
+  <si>
+    <t>1698</t>
+  </si>
+  <si>
+    <t>1699</t>
+  </si>
+  <si>
+    <t>1700</t>
+  </si>
+  <si>
+    <t>1701</t>
+  </si>
+  <si>
+    <t>1702</t>
+  </si>
+  <si>
+    <t>1703</t>
+  </si>
+  <si>
+    <t>1704</t>
+  </si>
+  <si>
+    <t>1705</t>
+  </si>
+  <si>
+    <t>1706</t>
+  </si>
+  <si>
+    <t>1707</t>
+  </si>
+  <si>
+    <t>1708</t>
+  </si>
+  <si>
+    <t>1709</t>
+  </si>
+  <si>
+    <t>1710</t>
+  </si>
+  <si>
+    <t>1711</t>
+  </si>
+  <si>
+    <t>1712</t>
+  </si>
+  <si>
+    <t>1713</t>
+  </si>
+  <si>
+    <t>1714</t>
+  </si>
+  <si>
+    <t>1715</t>
+  </si>
+  <si>
+    <t>1716</t>
+  </si>
+  <si>
+    <t>1717</t>
+  </si>
+  <si>
+    <t>1718</t>
+  </si>
+  <si>
+    <t>1719</t>
+  </si>
+  <si>
+    <t>1720</t>
+  </si>
+  <si>
+    <t>1721</t>
+  </si>
+  <si>
+    <t>1722</t>
+  </si>
+  <si>
+    <t>1723</t>
+  </si>
+  <si>
+    <t>1724</t>
+  </si>
+  <si>
+    <t>1725</t>
+  </si>
+  <si>
+    <t>1726</t>
+  </si>
+  <si>
+    <t>1727</t>
+  </si>
+  <si>
+    <t>1728</t>
+  </si>
+  <si>
+    <t>1729</t>
+  </si>
+  <si>
+    <t>1730</t>
+  </si>
+  <si>
+    <t>1731</t>
+  </si>
+  <si>
+    <t>1732</t>
+  </si>
+  <si>
+    <t>1733</t>
+  </si>
+  <si>
+    <t>1734</t>
+  </si>
+  <si>
+    <t>1735</t>
+  </si>
+  <si>
+    <t>1736</t>
+  </si>
+  <si>
+    <t>1737</t>
+  </si>
+  <si>
+    <t>1738</t>
+  </si>
+  <si>
+    <t>1739</t>
+  </si>
+  <si>
+    <t>1740</t>
+  </si>
+  <si>
+    <t>1741</t>
+  </si>
+  <si>
+    <t>1742</t>
+  </si>
+  <si>
+    <t>1743</t>
+  </si>
+  <si>
+    <t>1744</t>
+  </si>
+  <si>
+    <t>1745</t>
+  </si>
+  <si>
+    <t>1746</t>
+  </si>
+  <si>
+    <t>1747</t>
+  </si>
+  <si>
+    <t>1748</t>
+  </si>
+  <si>
+    <t>1749</t>
+  </si>
+  <si>
+    <t>1750</t>
+  </si>
+  <si>
+    <t>1751</t>
+  </si>
+  <si>
+    <t>1752</t>
+  </si>
+  <si>
+    <t>1753</t>
+  </si>
+  <si>
+    <t>1754</t>
+  </si>
+  <si>
+    <t>1755</t>
+  </si>
+  <si>
+    <t>1756</t>
+  </si>
+  <si>
+    <t>1757</t>
+  </si>
+  <si>
+    <t>1758</t>
+  </si>
+  <si>
+    <t>1759</t>
+  </si>
+  <si>
+    <t>1760</t>
+  </si>
+  <si>
+    <t>1761</t>
+  </si>
+  <si>
+    <t>1762</t>
+  </si>
+  <si>
+    <t>1763</t>
+  </si>
+  <si>
+    <t>1764</t>
+  </si>
+  <si>
+    <t>1765</t>
+  </si>
+  <si>
+    <t>1766</t>
+  </si>
+  <si>
+    <t>1767</t>
+  </si>
+  <si>
+    <t>1768</t>
+  </si>
+  <si>
+    <t>1769</t>
+  </si>
+  <si>
+    <t>1770</t>
+  </si>
+  <si>
+    <t>1771</t>
+  </si>
+  <si>
+    <t>1772</t>
+  </si>
+  <si>
+    <t>1773</t>
+  </si>
+  <si>
+    <t>1774</t>
+  </si>
+  <si>
+    <t>1775</t>
+  </si>
+  <si>
+    <t>1776</t>
+  </si>
+  <si>
+    <t>1777</t>
+  </si>
+  <si>
+    <t>1778</t>
+  </si>
+  <si>
+    <t>1779</t>
+  </si>
+  <si>
+    <t>1780</t>
+  </si>
+  <si>
+    <t>1781</t>
+  </si>
+  <si>
+    <t>1782</t>
+  </si>
+  <si>
+    <t>1783</t>
+  </si>
+  <si>
+    <t>1784</t>
+  </si>
+  <si>
+    <t>1785</t>
+  </si>
+  <si>
+    <t>1786</t>
+  </si>
+  <si>
+    <t>1787</t>
+  </si>
+  <si>
+    <t>1788</t>
+  </si>
+  <si>
+    <t>1789</t>
+  </si>
+  <si>
+    <t>1790</t>
+  </si>
+  <si>
+    <t>1791</t>
+  </si>
+  <si>
+    <t>1792</t>
+  </si>
+  <si>
+    <t>1793</t>
+  </si>
+  <si>
+    <t>1794</t>
+  </si>
+  <si>
+    <t>1795</t>
+  </si>
+  <si>
+    <t>1796</t>
+  </si>
+  <si>
+    <t>1797</t>
+  </si>
+  <si>
+    <t>1798</t>
+  </si>
+  <si>
+    <t>1799</t>
+  </si>
+  <si>
+    <t>1800</t>
+  </si>
+  <si>
+    <t>1801</t>
+  </si>
+  <si>
+    <t>1802</t>
+  </si>
+  <si>
+    <t>1803</t>
+  </si>
+  <si>
+    <t>1804</t>
+  </si>
+  <si>
+    <t>1805</t>
+  </si>
+  <si>
+    <t>1806</t>
+  </si>
+  <si>
+    <t>1807</t>
+  </si>
+  <si>
+    <t>1808</t>
+  </si>
+  <si>
+    <t>1809</t>
+  </si>
+  <si>
+    <t>1810</t>
+  </si>
+  <si>
+    <t>1811</t>
+  </si>
+  <si>
+    <t>1812</t>
+  </si>
+  <si>
+    <t>1813</t>
+  </si>
+  <si>
+    <t>1814</t>
+  </si>
+  <si>
+    <t>1815</t>
+  </si>
+  <si>
+    <t>1816</t>
+  </si>
+  <si>
+    <t>1817</t>
+  </si>
+  <si>
+    <t>1818</t>
+  </si>
+  <si>
+    <t>1819</t>
+  </si>
+  <si>
+    <t>1820</t>
+  </si>
+  <si>
+    <t>1821</t>
+  </si>
+  <si>
+    <t>1822</t>
+  </si>
+  <si>
+    <t>1823</t>
+  </si>
+  <si>
+    <t>1824</t>
+  </si>
+  <si>
+    <t>1825</t>
+  </si>
+  <si>
+    <t>1826</t>
+  </si>
+  <si>
+    <t>1827</t>
+  </si>
+  <si>
+    <t>1828</t>
+  </si>
+  <si>
+    <t>1829</t>
+  </si>
+  <si>
+    <t>1830</t>
+  </si>
+  <si>
+    <t>1831</t>
+  </si>
+  <si>
+    <t>1832</t>
+  </si>
+  <si>
+    <t>1833</t>
+  </si>
+  <si>
+    <t>1834</t>
+  </si>
+  <si>
+    <t>1835</t>
+  </si>
+  <si>
+    <t>1836</t>
+  </si>
+  <si>
+    <t>1837</t>
+  </si>
+  <si>
+    <t>1838</t>
+  </si>
+  <si>
+    <t>1839</t>
+  </si>
+  <si>
+    <t>1840</t>
+  </si>
+  <si>
+    <t>1841</t>
+  </si>
+  <si>
+    <t>1842</t>
+  </si>
+  <si>
+    <t>1843</t>
+  </si>
+  <si>
+    <t>1844</t>
+  </si>
+  <si>
+    <t>1845</t>
+  </si>
+  <si>
+    <t>1846</t>
+  </si>
+  <si>
+    <t>1847</t>
+  </si>
+  <si>
+    <t>1848</t>
+  </si>
+  <si>
+    <t>1849</t>
+  </si>
+  <si>
+    <t>1850</t>
+  </si>
+  <si>
+    <t>1851</t>
+  </si>
+  <si>
+    <t>1852</t>
+  </si>
+  <si>
+    <t>1853</t>
+  </si>
+  <si>
+    <t>1854</t>
+  </si>
+  <si>
+    <t>1855</t>
+  </si>
+  <si>
+    <t>1856</t>
+  </si>
+  <si>
+    <t>1857</t>
+  </si>
+  <si>
+    <t>1858</t>
+  </si>
+  <si>
+    <t>1859</t>
+  </si>
+  <si>
+    <t>1860</t>
+  </si>
+  <si>
+    <t>1861</t>
+  </si>
+  <si>
+    <t>1862</t>
+  </si>
+  <si>
+    <t>1863</t>
+  </si>
+  <si>
+    <t>1864</t>
+  </si>
+  <si>
+    <t>1865</t>
+  </si>
+  <si>
+    <t>1866</t>
+  </si>
+  <si>
+    <t>1867</t>
+  </si>
+  <si>
+    <t>1868</t>
+  </si>
+  <si>
+    <t>1869</t>
+  </si>
+  <si>
+    <t>1870</t>
+  </si>
+  <si>
+    <t>1871</t>
+  </si>
+  <si>
+    <t>1872</t>
+  </si>
+  <si>
+    <t>1873</t>
+  </si>
+  <si>
+    <t>1874</t>
+  </si>
+  <si>
+    <t>1875</t>
+  </si>
+  <si>
+    <t>1876</t>
+  </si>
+  <si>
+    <t>1877</t>
+  </si>
+  <si>
+    <t>1878</t>
+  </si>
+  <si>
+    <t>1879</t>
+  </si>
+  <si>
+    <t>1880</t>
+  </si>
+  <si>
+    <t>1881</t>
+  </si>
+  <si>
+    <t>1882</t>
+  </si>
+  <si>
+    <t>1883</t>
+  </si>
+  <si>
+    <t>1884</t>
+  </si>
+  <si>
+    <t>1885</t>
+  </si>
+  <si>
+    <t>1886</t>
+  </si>
+  <si>
+    <t>1887</t>
+  </si>
+  <si>
+    <t>1888</t>
+  </si>
+  <si>
+    <t>1889</t>
+  </si>
+  <si>
+    <t>1890</t>
+  </si>
+  <si>
+    <t>1891</t>
+  </si>
+  <si>
+    <t>1892</t>
+  </si>
+  <si>
+    <t>1893</t>
+  </si>
+  <si>
+    <t>1894</t>
+  </si>
+  <si>
+    <t>1895</t>
+  </si>
+  <si>
+    <t>1896</t>
+  </si>
+  <si>
+    <t>1897</t>
+  </si>
+  <si>
+    <t>1898</t>
+  </si>
+  <si>
+    <t>1899</t>
+  </si>
+  <si>
+    <t>1900</t>
+  </si>
+  <si>
+    <t>1901</t>
+  </si>
+  <si>
+    <t>1902</t>
+  </si>
+  <si>
+    <t>1903</t>
+  </si>
+  <si>
+    <t>1904</t>
+  </si>
+  <si>
+    <t>1905</t>
+  </si>
+  <si>
+    <t>1906</t>
+  </si>
+  <si>
+    <t>1907</t>
+  </si>
+  <si>
+    <t>1908</t>
+  </si>
+  <si>
+    <t>1909</t>
+  </si>
+  <si>
+    <t>1910</t>
+  </si>
+  <si>
+    <t>1911</t>
+  </si>
+  <si>
+    <t>1912</t>
+  </si>
+  <si>
+    <t>1913</t>
+  </si>
+  <si>
+    <t>1914</t>
+  </si>
+  <si>
+    <t>1915</t>
+  </si>
+  <si>
+    <t>1916</t>
+  </si>
+  <si>
+    <t>1917</t>
+  </si>
+  <si>
+    <t>1918</t>
+  </si>
+  <si>
+    <t>1919</t>
+  </si>
+  <si>
+    <t>1920</t>
+  </si>
+  <si>
+    <t>1921</t>
+  </si>
+  <si>
+    <t>1922</t>
+  </si>
+  <si>
+    <t>1923</t>
+  </si>
+  <si>
+    <t>1924</t>
+  </si>
+  <si>
+    <t>1925</t>
+  </si>
+  <si>
+    <t>1926</t>
+  </si>
+  <si>
+    <t>1927</t>
+  </si>
+  <si>
+    <t>1928</t>
+  </si>
+  <si>
+    <t>1929</t>
+  </si>
+  <si>
+    <t>1930</t>
+  </si>
+  <si>
+    <t>1931</t>
+  </si>
+  <si>
+    <t>1932</t>
+  </si>
+  <si>
+    <t>1933</t>
+  </si>
+  <si>
+    <t>1934</t>
+  </si>
+  <si>
+    <t>1935</t>
+  </si>
+  <si>
+    <t>1936</t>
+  </si>
+  <si>
+    <t>1937</t>
+  </si>
+  <si>
+    <t>1938</t>
+  </si>
+  <si>
+    <t>1939</t>
+  </si>
+  <si>
+    <t>1940</t>
+  </si>
+  <si>
+    <t>1941</t>
+  </si>
+  <si>
+    <t>1942</t>
+  </si>
+  <si>
+    <t>1943</t>
+  </si>
+  <si>
+    <t>1944</t>
+  </si>
+  <si>
+    <t>1945</t>
+  </si>
+  <si>
+    <t>1946</t>
+  </si>
+  <si>
+    <t>1947</t>
+  </si>
+  <si>
+    <t>1948</t>
+  </si>
+  <si>
+    <t>1949</t>
+  </si>
+  <si>
+    <t>1950</t>
+  </si>
+  <si>
+    <t>1951</t>
+  </si>
+  <si>
+    <t>1952</t>
+  </si>
+  <si>
+    <t>1953</t>
+  </si>
+  <si>
+    <t>1954</t>
+  </si>
+  <si>
+    <t>1955</t>
+  </si>
+  <si>
+    <t>1956</t>
+  </si>
+  <si>
+    <t>1957</t>
+  </si>
+  <si>
+    <t>1958</t>
+  </si>
+  <si>
+    <t>1959</t>
+  </si>
+  <si>
+    <t>1960</t>
+  </si>
+  <si>
+    <t>1961</t>
+  </si>
+  <si>
+    <t>1962</t>
+  </si>
+  <si>
+    <t>1963</t>
+  </si>
+  <si>
+    <t>1964</t>
+  </si>
+  <si>
+    <t>1965</t>
+  </si>
+  <si>
+    <t>1966</t>
+  </si>
+  <si>
+    <t>1967</t>
+  </si>
+  <si>
+    <t>1968</t>
+  </si>
+  <si>
+    <t>1969</t>
+  </si>
+  <si>
+    <t>1970</t>
+  </si>
+  <si>
+    <t>1971</t>
+  </si>
+  <si>
+    <t>1972</t>
+  </si>
+  <si>
+    <t>1973</t>
+  </si>
+  <si>
+    <t>1974</t>
+  </si>
+  <si>
+    <t>1975</t>
+  </si>
+  <si>
+    <t>1976</t>
+  </si>
+  <si>
+    <t>1977</t>
+  </si>
+  <si>
+    <t>1978</t>
+  </si>
+  <si>
+    <t>1979</t>
+  </si>
+  <si>
+    <t>1980</t>
+  </si>
+  <si>
+    <t>1981</t>
+  </si>
+  <si>
+    <t>1982</t>
+  </si>
+  <si>
+    <t>1983</t>
+  </si>
+  <si>
+    <t>1984</t>
+  </si>
+  <si>
+    <t>1985</t>
+  </si>
+  <si>
+    <t>1986</t>
+  </si>
+  <si>
+    <t>1987</t>
+  </si>
+  <si>
+    <t>1988</t>
+  </si>
+  <si>
+    <t>1989</t>
+  </si>
+  <si>
+    <t>1990</t>
+  </si>
+  <si>
+    <t>1991</t>
+  </si>
+  <si>
+    <t>1992</t>
+  </si>
+  <si>
+    <t>1993</t>
+  </si>
+  <si>
+    <t>1994</t>
+  </si>
+  <si>
+    <t>1995</t>
+  </si>
+  <si>
+    <t>1996</t>
+  </si>
+  <si>
+    <t>1997</t>
+  </si>
+  <si>
+    <t>1998</t>
+  </si>
+  <si>
+    <t>1999</t>
+  </si>
+  <si>
+    <t>2000</t>
+  </si>
+  <si>
+    <t>2001</t>
+  </si>
+  <si>
+    <t>2024</t>
   </si>
   <si>
     <t/>
-  </si>
-[...6013 lines deleted...]
-    <t>2001</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <color indexed="8"/>
       <u val="none"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="B1" s="11" t="s">
-        <v>0</v>
+      <c r="B1" s="9" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>