--- v5 (2026-02-05)
+++ v6 (2026-03-02)
@@ -14,6219 +14,6232 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4321" uniqueCount="2032">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2293" uniqueCount="2036">
+  <si>
+    <t xml:space="preserve">   0</t>
+  </si>
+  <si>
+    <t>2010</t>
+  </si>
+  <si>
+    <t>2011</t>
+  </si>
+  <si>
+    <t>2012</t>
+  </si>
+  <si>
+    <t>2013</t>
+  </si>
+  <si>
+    <t>2014</t>
+  </si>
+  <si>
+    <t>2015</t>
+  </si>
+  <si>
+    <t>2016</t>
+  </si>
+  <si>
+    <t>2017</t>
+  </si>
+  <si>
+    <t>2018</t>
+  </si>
+  <si>
+    <t>2019</t>
+  </si>
+  <si>
+    <t>2020</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Matrícula 2 años </t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t xml:space="preserve">Matrícula 3 años </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Matrícula 4 años </t>
+  </si>
+  <si>
+    <t>Matrícula 5 años</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  17</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  18</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  28</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  32</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  35</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  36</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  39</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  41</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  42</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  43</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  44</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  45</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  46</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  48</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  51</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  52</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  53</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  56</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  57</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  58</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  61</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  62</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  63</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  64</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  66</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  67</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  68</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  69</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  71</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  73</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  74</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  76</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  77</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  78</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  79</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  81</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  82</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  83</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  84</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  85</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  86</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  87</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  88</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  89</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  90</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  91</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  92</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  93</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  94</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  95</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  96</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  97</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  98</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  99</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 100</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 101</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 102</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 103</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 104</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 105</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 106</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 107</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 108</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 109</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 110</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 111</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 112</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 113</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 114</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 115</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 116</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 117</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 118</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 119</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 120</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 121</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 122</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 123</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 124</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 125</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 126</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 127</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 128</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 129</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 130</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 131</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 132</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 133</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 134</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 135</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 136</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 137</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 138</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 139</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 140</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 141</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 142</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 143</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 144</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 145</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 146</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 147</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 148</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 149</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 150</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 151</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 152</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 153</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 154</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 155</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 156</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 157</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 158</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 159</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 160</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 161</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 162</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 163</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 164</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 165</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 166</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 167</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 168</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 169</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 170</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 171</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 172</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 173</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 174</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 175</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 176</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 177</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 178</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 179</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 180</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 181</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 182</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 183</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 184</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 185</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 186</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 187</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 188</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 189</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 190</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 191</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 192</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 193</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 194</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 195</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 196</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 197</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 198</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 199</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 200</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 201</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 202</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 203</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 204</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 205</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 206</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 207</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 208</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 209</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 210</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 211</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 212</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 213</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 214</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 215</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 216</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 217</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 218</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 219</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 220</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 221</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 222</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 223</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 224</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 225</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 226</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 227</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 228</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 229</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 230</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 231</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 232</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 233</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 234</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 235</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 236</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 237</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 238</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 239</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 240</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 241</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 242</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 243</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 244</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 245</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 246</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 247</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 248</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 249</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 250</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 251</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 252</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 253</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 254</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 255</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 256</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 257</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 258</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 259</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 260</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 261</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 262</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 263</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 264</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 265</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 266</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 267</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 268</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 269</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 270</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 271</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 272</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 273</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 274</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 275</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 276</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 277</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 278</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 279</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 280</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 281</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 282</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 283</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 284</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 285</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 286</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 287</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 288</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 289</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 290</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 291</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 292</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 293</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 294</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 295</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 296</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 297</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 298</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 299</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 300</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 301</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 302</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 303</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 304</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 305</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 306</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 307</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 308</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 309</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 310</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 311</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 312</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 313</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 314</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 315</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 316</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 317</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 318</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 319</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 320</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 321</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 322</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 323</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 324</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 325</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 326</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 327</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 328</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 329</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 330</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 331</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 332</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 333</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 334</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 335</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 336</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 337</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 338</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 339</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 340</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 341</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 342</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 343</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 344</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 345</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 346</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 347</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 348</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 349</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 350</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 351</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 352</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 353</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 354</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 355</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 356</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 357</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 358</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 359</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 360</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 361</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 362</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 363</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 364</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 365</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 366</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 367</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 368</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 369</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 370</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 371</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 372</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 373</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 374</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 375</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 376</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 377</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 378</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 379</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 380</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 381</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 382</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 383</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 384</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 385</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 386</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 387</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 388</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 389</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 390</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 391</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 392</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 393</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 394</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 395</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 396</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 397</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 398</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 399</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 400</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 401</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 402</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 403</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 404</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 405</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 406</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 407</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 408</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 409</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 410</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 411</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 412</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 413</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 414</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 415</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 416</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 417</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 418</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 419</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 420</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 421</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 422</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 423</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 424</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 425</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 426</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 427</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 428</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 429</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 430</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 431</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 432</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 433</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 434</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 435</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 436</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 437</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 438</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 439</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 440</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 441</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 442</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 443</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 444</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 445</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 446</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 447</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 448</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 449</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 450</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 451</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 452</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 453</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 454</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 455</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 456</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 457</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 458</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 459</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 460</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 461</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 462</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 463</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 464</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 465</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 466</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 467</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 468</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 469</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 470</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 471</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 472</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 473</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 474</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 475</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 476</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 477</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 478</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 479</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 480</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 481</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 482</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 483</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 484</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 485</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 486</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 487</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 488</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 489</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 490</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 491</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 492</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 493</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 494</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 495</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 496</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 497</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 498</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 499</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 500</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 501</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 502</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 503</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 504</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 505</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 506</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 507</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 508</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 509</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 510</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 511</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 512</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 513</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 514</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 515</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 516</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 517</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 518</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 519</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 520</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 521</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 522</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 523</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 524</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 525</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 526</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 527</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 528</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 529</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 530</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 531</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 532</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 533</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 534</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 535</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 536</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 537</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 538</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 539</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 540</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 541</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 542</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 543</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 544</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 545</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 546</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 547</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 548</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 549</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 550</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 551</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 552</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 553</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 554</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 555</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 556</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 557</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 558</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 559</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 560</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 561</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 562</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 563</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 564</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 565</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 566</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 567</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 568</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 569</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 570</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 571</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 572</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 573</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 574</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 575</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 576</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 577</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 578</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 579</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 580</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 581</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 582</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 583</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 584</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 585</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 586</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 587</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 588</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 589</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 590</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 591</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 592</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 593</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 594</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 595</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 596</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 597</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 598</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 599</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 600</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 601</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 602</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 603</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 604</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 605</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 606</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 607</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 608</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 609</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 610</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 611</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 612</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 613</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 614</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 615</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 616</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 617</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 618</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 619</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 620</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 621</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 622</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 623</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 624</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 625</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 626</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 627</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 628</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 629</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 630</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 631</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 632</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 633</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 634</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 635</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 636</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 637</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 638</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 639</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 640</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 641</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 642</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 643</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 644</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 645</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 646</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 647</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 648</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 649</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 650</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 651</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 652</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 653</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 654</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 655</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 656</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 657</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 658</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 659</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 660</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 661</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 662</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 663</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 664</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 665</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 666</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 667</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 668</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 669</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 670</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 671</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 672</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 673</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 674</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 675</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 676</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 677</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 678</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 679</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 680</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 681</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 682</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 683</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 684</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 685</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 686</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 687</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 688</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 689</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 690</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 691</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 692</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 693</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 694</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 695</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 696</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 697</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 698</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 699</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 700</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 701</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 702</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 703</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 704</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 705</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 706</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 707</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 708</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 709</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 710</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 711</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 712</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 713</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 714</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 715</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 716</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 717</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 718</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 719</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 720</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 721</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 722</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 723</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 724</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 725</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 726</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 727</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 728</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 729</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 730</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 731</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 732</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 733</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 734</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 735</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 736</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 737</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 738</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 739</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 740</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 741</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 742</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 743</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 744</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 745</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 746</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 747</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 748</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 749</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 750</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 751</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 752</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 753</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 754</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 755</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 756</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 757</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 758</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 759</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 760</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 761</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 762</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 763</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 764</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 765</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 766</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 767</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 768</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 769</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 770</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 771</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 772</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 773</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 774</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 775</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 776</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 777</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 778</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 779</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 780</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 781</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 782</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 783</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 784</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 785</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 786</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 787</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 788</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 789</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 790</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 791</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 792</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 793</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 794</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 795</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 796</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 797</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 798</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 799</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 800</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 801</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 802</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 803</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 804</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 805</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 806</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 807</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 808</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 809</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 810</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 811</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 812</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 813</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 814</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 815</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 816</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 817</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 818</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 819</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 820</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 821</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 822</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 823</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 824</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 825</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 826</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 827</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 828</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 829</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 830</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 831</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 832</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 833</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 834</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 835</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 836</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 837</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 838</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 839</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 840</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 841</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 842</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 843</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 844</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 845</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 846</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 847</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 848</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 849</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 850</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 851</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 852</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 853</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 854</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 855</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 856</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 857</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 858</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 859</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 860</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 861</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 862</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 863</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 864</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 865</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 866</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 867</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 868</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 869</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 870</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 871</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 872</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 873</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 874</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 875</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 876</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 877</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 878</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 879</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 880</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 881</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 882</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 883</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 884</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 885</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 886</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 887</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 888</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 889</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 890</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 891</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 892</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 893</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 894</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 895</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 896</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 897</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 898</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 899</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 900</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 901</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 902</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 903</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 904</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 905</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 906</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 907</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 908</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 909</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 910</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 911</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 912</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 913</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 914</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 915</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 916</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 917</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 918</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 919</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 920</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 921</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 922</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 923</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 924</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 925</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 926</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 927</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 928</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 929</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 930</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 931</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 932</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 933</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 934</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 935</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 936</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 937</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 938</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 939</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 940</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 941</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 942</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 943</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 944</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 945</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 946</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 947</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 948</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 949</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 950</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 951</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 952</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 953</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 954</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 955</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 956</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 957</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 958</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 959</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 960</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 961</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 962</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 963</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 964</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 965</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 966</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 967</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 968</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 969</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 970</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 971</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 972</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 973</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 974</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 975</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 976</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 977</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 978</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 979</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 980</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 981</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 982</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 983</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 984</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 985</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 986</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 987</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 988</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 989</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 990</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 991</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 992</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 993</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 994</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 995</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 996</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 997</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 998</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 999</t>
+  </si>
+  <si>
+    <t>1000</t>
+  </si>
+  <si>
+    <t>1001</t>
+  </si>
+  <si>
+    <t>1002</t>
+  </si>
+  <si>
+    <t>1003</t>
+  </si>
+  <si>
+    <t>1004</t>
+  </si>
+  <si>
+    <t>1005</t>
+  </si>
+  <si>
+    <t>1006</t>
+  </si>
+  <si>
+    <t>1007</t>
+  </si>
+  <si>
+    <t>1008</t>
+  </si>
+  <si>
+    <t>1009</t>
+  </si>
+  <si>
+    <t>1010</t>
+  </si>
+  <si>
+    <t>1011</t>
+  </si>
+  <si>
+    <t>1012</t>
+  </si>
+  <si>
+    <t>1013</t>
+  </si>
+  <si>
+    <t>1014</t>
+  </si>
+  <si>
+    <t>1015</t>
+  </si>
+  <si>
+    <t>1016</t>
+  </si>
+  <si>
+    <t>1017</t>
+  </si>
+  <si>
+    <t>1018</t>
+  </si>
+  <si>
+    <t>1019</t>
+  </si>
+  <si>
+    <t>1020</t>
+  </si>
+  <si>
+    <t>1021</t>
+  </si>
+  <si>
+    <t>1022</t>
+  </si>
+  <si>
+    <t>1023</t>
+  </si>
+  <si>
+    <t>1024</t>
+  </si>
+  <si>
+    <t>1025</t>
+  </si>
+  <si>
+    <t>1026</t>
+  </si>
+  <si>
+    <t>1027</t>
+  </si>
+  <si>
+    <t>1028</t>
+  </si>
+  <si>
+    <t>1029</t>
+  </si>
+  <si>
+    <t>1030</t>
+  </si>
+  <si>
+    <t>1031</t>
+  </si>
+  <si>
+    <t>1032</t>
+  </si>
+  <si>
+    <t>1033</t>
+  </si>
+  <si>
+    <t>1034</t>
+  </si>
+  <si>
+    <t>1035</t>
+  </si>
+  <si>
+    <t>1036</t>
+  </si>
+  <si>
+    <t>1037</t>
+  </si>
+  <si>
+    <t>1038</t>
+  </si>
+  <si>
+    <t>1039</t>
+  </si>
+  <si>
+    <t>1040</t>
+  </si>
+  <si>
+    <t>1041</t>
+  </si>
+  <si>
+    <t>1042</t>
+  </si>
+  <si>
+    <t>1043</t>
+  </si>
+  <si>
+    <t>1044</t>
+  </si>
+  <si>
+    <t>1045</t>
+  </si>
+  <si>
+    <t>1046</t>
+  </si>
+  <si>
+    <t>1047</t>
+  </si>
+  <si>
+    <t>1048</t>
+  </si>
+  <si>
+    <t>1049</t>
+  </si>
+  <si>
+    <t>1050</t>
+  </si>
+  <si>
+    <t>1051</t>
+  </si>
+  <si>
+    <t>1052</t>
+  </si>
+  <si>
+    <t>1053</t>
+  </si>
+  <si>
+    <t>1054</t>
+  </si>
+  <si>
+    <t>1055</t>
+  </si>
+  <si>
+    <t>1056</t>
+  </si>
+  <si>
+    <t>1057</t>
+  </si>
+  <si>
+    <t>1058</t>
+  </si>
+  <si>
+    <t>1059</t>
+  </si>
+  <si>
+    <t>1060</t>
+  </si>
+  <si>
+    <t>1061</t>
+  </si>
+  <si>
+    <t>1062</t>
+  </si>
+  <si>
+    <t>1063</t>
+  </si>
+  <si>
+    <t>1064</t>
+  </si>
+  <si>
+    <t>1065</t>
+  </si>
+  <si>
+    <t>1066</t>
+  </si>
+  <si>
+    <t>1067</t>
+  </si>
+  <si>
+    <t>1068</t>
+  </si>
+  <si>
+    <t>1069</t>
+  </si>
+  <si>
+    <t>1070</t>
+  </si>
+  <si>
+    <t>1071</t>
+  </si>
+  <si>
+    <t>1072</t>
+  </si>
+  <si>
+    <t>1073</t>
+  </si>
+  <si>
+    <t>1074</t>
+  </si>
+  <si>
+    <t>1075</t>
+  </si>
+  <si>
+    <t>1076</t>
+  </si>
+  <si>
+    <t>1077</t>
+  </si>
+  <si>
+    <t>1078</t>
+  </si>
+  <si>
+    <t>1079</t>
+  </si>
+  <si>
+    <t>1080</t>
+  </si>
+  <si>
+    <t>1081</t>
+  </si>
+  <si>
+    <t>1082</t>
+  </si>
+  <si>
+    <t>1083</t>
+  </si>
+  <si>
+    <t>1084</t>
+  </si>
+  <si>
+    <t>1085</t>
+  </si>
+  <si>
+    <t>1086</t>
+  </si>
+  <si>
+    <t>1087</t>
+  </si>
+  <si>
+    <t>1088</t>
+  </si>
+  <si>
+    <t>1089</t>
+  </si>
+  <si>
+    <t>1090</t>
+  </si>
+  <si>
+    <t>1091</t>
+  </si>
+  <si>
+    <t>1092</t>
+  </si>
+  <si>
+    <t>1093</t>
+  </si>
+  <si>
+    <t>1094</t>
+  </si>
+  <si>
+    <t>1095</t>
+  </si>
+  <si>
+    <t>1096</t>
+  </si>
+  <si>
+    <t>1097</t>
+  </si>
+  <si>
+    <t>1098</t>
+  </si>
+  <si>
+    <t>1099</t>
+  </si>
+  <si>
+    <t>1100</t>
+  </si>
+  <si>
+    <t>1101</t>
+  </si>
+  <si>
+    <t>1102</t>
+  </si>
+  <si>
+    <t>1103</t>
+  </si>
+  <si>
+    <t>1104</t>
+  </si>
+  <si>
+    <t>1105</t>
+  </si>
+  <si>
+    <t>1106</t>
+  </si>
+  <si>
+    <t>1107</t>
+  </si>
+  <si>
+    <t>1108</t>
+  </si>
+  <si>
+    <t>1109</t>
+  </si>
+  <si>
+    <t>1110</t>
+  </si>
+  <si>
+    <t>1111</t>
+  </si>
+  <si>
+    <t>1112</t>
+  </si>
+  <si>
+    <t>1113</t>
+  </si>
+  <si>
+    <t>1114</t>
+  </si>
+  <si>
+    <t>1115</t>
+  </si>
+  <si>
+    <t>1116</t>
+  </si>
+  <si>
+    <t>1117</t>
+  </si>
+  <si>
+    <t>1118</t>
+  </si>
+  <si>
+    <t>1119</t>
+  </si>
+  <si>
+    <t>1120</t>
+  </si>
+  <si>
+    <t>1121</t>
+  </si>
+  <si>
+    <t>1122</t>
+  </si>
+  <si>
+    <t>1123</t>
+  </si>
+  <si>
+    <t>1124</t>
+  </si>
+  <si>
+    <t>1125</t>
+  </si>
+  <si>
+    <t>1126</t>
+  </si>
+  <si>
+    <t>1127</t>
+  </si>
+  <si>
+    <t>1128</t>
+  </si>
+  <si>
+    <t>1129</t>
+  </si>
+  <si>
+    <t>1130</t>
+  </si>
+  <si>
+    <t>1131</t>
+  </si>
+  <si>
+    <t>1132</t>
+  </si>
+  <si>
+    <t>1133</t>
+  </si>
+  <si>
+    <t>1134</t>
+  </si>
+  <si>
+    <t>1135</t>
+  </si>
+  <si>
+    <t>1136</t>
+  </si>
+  <si>
+    <t>1137</t>
+  </si>
+  <si>
+    <t>1138</t>
+  </si>
+  <si>
+    <t>1139</t>
+  </si>
+  <si>
+    <t>1140</t>
+  </si>
+  <si>
+    <t>1141</t>
+  </si>
+  <si>
+    <t>1142</t>
+  </si>
+  <si>
+    <t>1143</t>
+  </si>
+  <si>
+    <t>1144</t>
+  </si>
+  <si>
+    <t>1145</t>
+  </si>
+  <si>
+    <t>1146</t>
+  </si>
+  <si>
+    <t>1147</t>
+  </si>
+  <si>
+    <t>1148</t>
+  </si>
+  <si>
+    <t>1149</t>
+  </si>
+  <si>
+    <t>1150</t>
+  </si>
+  <si>
+    <t>1151</t>
+  </si>
+  <si>
+    <t>1152</t>
+  </si>
+  <si>
+    <t>1153</t>
+  </si>
+  <si>
+    <t>1154</t>
+  </si>
+  <si>
+    <t>1155</t>
+  </si>
+  <si>
+    <t>1156</t>
+  </si>
+  <si>
+    <t>1157</t>
+  </si>
+  <si>
+    <t>1158</t>
+  </si>
+  <si>
+    <t>1159</t>
+  </si>
+  <si>
+    <t>1160</t>
+  </si>
+  <si>
+    <t>1161</t>
+  </si>
+  <si>
+    <t>1162</t>
+  </si>
+  <si>
+    <t>1163</t>
+  </si>
+  <si>
+    <t>1164</t>
+  </si>
+  <si>
+    <t>1165</t>
+  </si>
+  <si>
+    <t>1166</t>
+  </si>
+  <si>
+    <t>1167</t>
+  </si>
+  <si>
+    <t>1168</t>
+  </si>
+  <si>
+    <t>1169</t>
+  </si>
+  <si>
+    <t>1170</t>
+  </si>
+  <si>
+    <t>1171</t>
+  </si>
+  <si>
+    <t>1172</t>
+  </si>
+  <si>
+    <t>1173</t>
+  </si>
+  <si>
+    <t>1174</t>
+  </si>
+  <si>
+    <t>1175</t>
+  </si>
+  <si>
+    <t>1176</t>
+  </si>
+  <si>
+    <t>1177</t>
+  </si>
+  <si>
+    <t>1178</t>
+  </si>
+  <si>
+    <t>1179</t>
+  </si>
+  <si>
+    <t>1180</t>
+  </si>
+  <si>
+    <t>1181</t>
+  </si>
+  <si>
+    <t>1182</t>
+  </si>
+  <si>
+    <t>1183</t>
+  </si>
+  <si>
+    <t>1184</t>
+  </si>
+  <si>
+    <t>1185</t>
+  </si>
+  <si>
+    <t>1186</t>
+  </si>
+  <si>
+    <t>1187</t>
+  </si>
+  <si>
+    <t>1188</t>
+  </si>
+  <si>
+    <t>1189</t>
+  </si>
+  <si>
+    <t>1190</t>
+  </si>
+  <si>
+    <t>1191</t>
+  </si>
+  <si>
+    <t>1192</t>
+  </si>
+  <si>
+    <t>1193</t>
+  </si>
+  <si>
+    <t>1194</t>
+  </si>
+  <si>
+    <t>1195</t>
+  </si>
+  <si>
+    <t>1196</t>
+  </si>
+  <si>
+    <t>1197</t>
+  </si>
+  <si>
+    <t>1198</t>
+  </si>
+  <si>
+    <t>1199</t>
+  </si>
+  <si>
+    <t>1200</t>
+  </si>
+  <si>
+    <t>1201</t>
+  </si>
+  <si>
+    <t>1202</t>
+  </si>
+  <si>
+    <t>1203</t>
+  </si>
+  <si>
+    <t>1204</t>
+  </si>
+  <si>
+    <t>1205</t>
+  </si>
+  <si>
+    <t>1206</t>
+  </si>
+  <si>
+    <t>1207</t>
+  </si>
+  <si>
+    <t>1208</t>
+  </si>
+  <si>
+    <t>1209</t>
+  </si>
+  <si>
+    <t>1210</t>
+  </si>
+  <si>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>1212</t>
+  </si>
+  <si>
+    <t>1213</t>
+  </si>
+  <si>
+    <t>1214</t>
+  </si>
+  <si>
+    <t>1215</t>
+  </si>
+  <si>
+    <t>1216</t>
+  </si>
+  <si>
+    <t>1217</t>
+  </si>
+  <si>
+    <t>1218</t>
+  </si>
+  <si>
+    <t>1219</t>
+  </si>
+  <si>
+    <t>1220</t>
+  </si>
+  <si>
+    <t>1221</t>
+  </si>
+  <si>
+    <t>1222</t>
+  </si>
+  <si>
+    <t>1223</t>
+  </si>
+  <si>
+    <t>1224</t>
+  </si>
+  <si>
+    <t>1225</t>
+  </si>
+  <si>
+    <t>1226</t>
+  </si>
+  <si>
+    <t>1227</t>
+  </si>
+  <si>
+    <t>1228</t>
+  </si>
+  <si>
+    <t>1229</t>
+  </si>
+  <si>
+    <t>1230</t>
+  </si>
+  <si>
+    <t>1231</t>
+  </si>
+  <si>
+    <t>1232</t>
+  </si>
+  <si>
+    <t>1233</t>
+  </si>
+  <si>
+    <t>1234</t>
+  </si>
+  <si>
+    <t>1235</t>
+  </si>
+  <si>
+    <t>1236</t>
+  </si>
+  <si>
+    <t>1237</t>
+  </si>
+  <si>
+    <t>1238</t>
+  </si>
+  <si>
+    <t>1239</t>
+  </si>
+  <si>
+    <t>1240</t>
+  </si>
+  <si>
+    <t>1241</t>
+  </si>
+  <si>
+    <t>1242</t>
+  </si>
+  <si>
+    <t>1243</t>
+  </si>
+  <si>
+    <t>1244</t>
+  </si>
+  <si>
+    <t>1245</t>
+  </si>
+  <si>
+    <t>1246</t>
+  </si>
+  <si>
+    <t>1247</t>
+  </si>
+  <si>
+    <t>1248</t>
+  </si>
+  <si>
+    <t>1249</t>
+  </si>
+  <si>
+    <t>1250</t>
+  </si>
+  <si>
+    <t>1251</t>
+  </si>
+  <si>
+    <t>1252</t>
+  </si>
+  <si>
+    <t>1253</t>
+  </si>
+  <si>
+    <t>1254</t>
+  </si>
+  <si>
+    <t>1255</t>
+  </si>
+  <si>
+    <t>1256</t>
+  </si>
+  <si>
+    <t>1257</t>
+  </si>
+  <si>
+    <t>1258</t>
+  </si>
+  <si>
+    <t>1259</t>
+  </si>
+  <si>
+    <t>1260</t>
+  </si>
+  <si>
+    <t>1261</t>
+  </si>
+  <si>
+    <t>1262</t>
+  </si>
+  <si>
+    <t>1263</t>
+  </si>
+  <si>
+    <t>1264</t>
+  </si>
+  <si>
+    <t>1265</t>
+  </si>
+  <si>
+    <t>1266</t>
+  </si>
+  <si>
+    <t>1267</t>
+  </si>
+  <si>
+    <t>1268</t>
+  </si>
+  <si>
+    <t>1269</t>
+  </si>
+  <si>
+    <t>1270</t>
+  </si>
+  <si>
+    <t>1271</t>
+  </si>
+  <si>
+    <t>1272</t>
+  </si>
+  <si>
+    <t>1273</t>
+  </si>
+  <si>
+    <t>1274</t>
+  </si>
+  <si>
+    <t>1275</t>
+  </si>
+  <si>
+    <t>1276</t>
+  </si>
+  <si>
+    <t>1277</t>
+  </si>
+  <si>
+    <t>1278</t>
+  </si>
+  <si>
+    <t>1279</t>
+  </si>
+  <si>
+    <t>1280</t>
+  </si>
+  <si>
+    <t>1281</t>
+  </si>
+  <si>
+    <t>1282</t>
+  </si>
+  <si>
+    <t>1283</t>
+  </si>
+  <si>
+    <t>1284</t>
+  </si>
+  <si>
+    <t>1285</t>
+  </si>
+  <si>
+    <t>1286</t>
+  </si>
+  <si>
+    <t>1287</t>
+  </si>
+  <si>
+    <t>1288</t>
+  </si>
+  <si>
+    <t>1289</t>
+  </si>
+  <si>
+    <t>1290</t>
+  </si>
+  <si>
+    <t>1291</t>
+  </si>
+  <si>
+    <t>1292</t>
+  </si>
+  <si>
+    <t>1293</t>
+  </si>
+  <si>
+    <t>1294</t>
+  </si>
+  <si>
+    <t>1295</t>
+  </si>
+  <si>
+    <t>1296</t>
+  </si>
+  <si>
+    <t>1297</t>
+  </si>
+  <si>
+    <t>1298</t>
+  </si>
+  <si>
+    <t>1299</t>
+  </si>
+  <si>
+    <t>1300</t>
+  </si>
+  <si>
+    <t>1301</t>
+  </si>
+  <si>
+    <t>1302</t>
+  </si>
+  <si>
+    <t>1303</t>
+  </si>
+  <si>
+    <t>1304</t>
+  </si>
+  <si>
+    <t>1305</t>
+  </si>
+  <si>
+    <t>1306</t>
+  </si>
+  <si>
+    <t>1307</t>
+  </si>
+  <si>
+    <t>1308</t>
+  </si>
+  <si>
+    <t>1309</t>
+  </si>
+  <si>
+    <t>1310</t>
+  </si>
+  <si>
+    <t>1311</t>
+  </si>
+  <si>
+    <t>1312</t>
+  </si>
+  <si>
+    <t>1313</t>
+  </si>
+  <si>
+    <t>1314</t>
+  </si>
+  <si>
+    <t>1315</t>
+  </si>
+  <si>
+    <t>1316</t>
+  </si>
+  <si>
+    <t>1317</t>
+  </si>
+  <si>
+    <t>1318</t>
+  </si>
+  <si>
+    <t>1319</t>
+  </si>
+  <si>
+    <t>1320</t>
+  </si>
+  <si>
+    <t>1321</t>
+  </si>
+  <si>
+    <t>1322</t>
+  </si>
+  <si>
+    <t>1323</t>
+  </si>
+  <si>
+    <t>1324</t>
+  </si>
+  <si>
+    <t>1325</t>
+  </si>
+  <si>
+    <t>1326</t>
+  </si>
+  <si>
+    <t>1327</t>
+  </si>
+  <si>
+    <t>1328</t>
+  </si>
+  <si>
+    <t>1329</t>
+  </si>
+  <si>
+    <t>1330</t>
+  </si>
+  <si>
+    <t>1331</t>
+  </si>
+  <si>
+    <t>1332</t>
+  </si>
+  <si>
+    <t>1333</t>
+  </si>
+  <si>
+    <t>1334</t>
+  </si>
+  <si>
+    <t>1335</t>
+  </si>
+  <si>
+    <t>1336</t>
+  </si>
+  <si>
+    <t>1337</t>
+  </si>
+  <si>
+    <t>1338</t>
+  </si>
+  <si>
+    <t>1339</t>
+  </si>
+  <si>
+    <t>1340</t>
+  </si>
+  <si>
+    <t>1341</t>
+  </si>
+  <si>
+    <t>1342</t>
+  </si>
+  <si>
+    <t>1343</t>
+  </si>
+  <si>
+    <t>1344</t>
+  </si>
+  <si>
+    <t>1345</t>
+  </si>
+  <si>
+    <t>1346</t>
+  </si>
+  <si>
+    <t>1347</t>
+  </si>
+  <si>
+    <t>1348</t>
+  </si>
+  <si>
+    <t>1349</t>
+  </si>
+  <si>
+    <t>1350</t>
+  </si>
+  <si>
+    <t>1351</t>
+  </si>
+  <si>
+    <t>1352</t>
+  </si>
+  <si>
+    <t>1353</t>
+  </si>
+  <si>
+    <t>1354</t>
+  </si>
+  <si>
+    <t>1355</t>
+  </si>
+  <si>
+    <t>1356</t>
+  </si>
+  <si>
+    <t>1357</t>
+  </si>
+  <si>
+    <t>1358</t>
+  </si>
+  <si>
+    <t>1359</t>
+  </si>
+  <si>
+    <t>1360</t>
+  </si>
+  <si>
+    <t>1361</t>
+  </si>
+  <si>
+    <t>1362</t>
+  </si>
+  <si>
+    <t>1363</t>
+  </si>
+  <si>
+    <t>1364</t>
+  </si>
+  <si>
+    <t>1365</t>
+  </si>
+  <si>
+    <t>1366</t>
+  </si>
+  <si>
+    <t>1367</t>
+  </si>
+  <si>
+    <t>1368</t>
+  </si>
+  <si>
+    <t>1369</t>
+  </si>
+  <si>
+    <t>1370</t>
+  </si>
+  <si>
+    <t>1371</t>
+  </si>
+  <si>
+    <t>1372</t>
+  </si>
+  <si>
+    <t>1373</t>
+  </si>
+  <si>
+    <t>1374</t>
+  </si>
+  <si>
+    <t>1375</t>
+  </si>
+  <si>
+    <t>1376</t>
+  </si>
+  <si>
+    <t>1377</t>
+  </si>
+  <si>
+    <t>1378</t>
+  </si>
+  <si>
+    <t>1379</t>
+  </si>
+  <si>
+    <t>1380</t>
+  </si>
+  <si>
+    <t>1381</t>
+  </si>
+  <si>
+    <t>1382</t>
+  </si>
+  <si>
+    <t>1383</t>
+  </si>
+  <si>
+    <t>1384</t>
+  </si>
+  <si>
+    <t>1385</t>
+  </si>
+  <si>
+    <t>1386</t>
+  </si>
+  <si>
+    <t>1387</t>
+  </si>
+  <si>
+    <t>1388</t>
+  </si>
+  <si>
+    <t>1389</t>
+  </si>
+  <si>
+    <t>1390</t>
+  </si>
+  <si>
+    <t>1391</t>
+  </si>
+  <si>
+    <t>1392</t>
+  </si>
+  <si>
+    <t>1393</t>
+  </si>
+  <si>
+    <t>1394</t>
+  </si>
+  <si>
+    <t>1395</t>
+  </si>
+  <si>
+    <t>1396</t>
+  </si>
+  <si>
+    <t>1397</t>
+  </si>
+  <si>
+    <t>1398</t>
+  </si>
+  <si>
+    <t>1399</t>
+  </si>
+  <si>
+    <t>1400</t>
+  </si>
+  <si>
+    <t>1401</t>
+  </si>
+  <si>
+    <t>1402</t>
+  </si>
+  <si>
+    <t>1403</t>
+  </si>
+  <si>
+    <t>1404</t>
+  </si>
+  <si>
+    <t>1405</t>
+  </si>
+  <si>
+    <t>1406</t>
+  </si>
+  <si>
+    <t>1407</t>
+  </si>
+  <si>
+    <t>1408</t>
+  </si>
+  <si>
+    <t>1409</t>
+  </si>
+  <si>
+    <t>1410</t>
+  </si>
+  <si>
+    <t>1411</t>
+  </si>
+  <si>
+    <t>1412</t>
+  </si>
+  <si>
+    <t>1413</t>
+  </si>
+  <si>
+    <t>1414</t>
+  </si>
+  <si>
+    <t>1415</t>
+  </si>
+  <si>
+    <t>1416</t>
+  </si>
+  <si>
+    <t>1417</t>
+  </si>
+  <si>
+    <t>1418</t>
+  </si>
+  <si>
+    <t>1419</t>
+  </si>
+  <si>
+    <t>1420</t>
+  </si>
+  <si>
+    <t>1421</t>
+  </si>
+  <si>
+    <t>1422</t>
+  </si>
+  <si>
+    <t>1423</t>
+  </si>
+  <si>
+    <t>1424</t>
+  </si>
+  <si>
+    <t>1425</t>
+  </si>
+  <si>
+    <t>1426</t>
+  </si>
+  <si>
+    <t>1427</t>
+  </si>
+  <si>
+    <t>1428</t>
+  </si>
+  <si>
+    <t>1429</t>
+  </si>
+  <si>
+    <t>1430</t>
+  </si>
+  <si>
+    <t>1431</t>
+  </si>
+  <si>
+    <t>1432</t>
+  </si>
+  <si>
+    <t>1433</t>
+  </si>
+  <si>
+    <t>1434</t>
+  </si>
+  <si>
+    <t>1435</t>
+  </si>
+  <si>
+    <t>1436</t>
+  </si>
+  <si>
+    <t>1437</t>
+  </si>
+  <si>
+    <t>1438</t>
+  </si>
+  <si>
+    <t>1439</t>
+  </si>
+  <si>
+    <t>1440</t>
+  </si>
+  <si>
+    <t>1441</t>
+  </si>
+  <si>
+    <t>1442</t>
+  </si>
+  <si>
+    <t>1443</t>
+  </si>
+  <si>
+    <t>1444</t>
+  </si>
+  <si>
+    <t>1445</t>
+  </si>
+  <si>
+    <t>1446</t>
+  </si>
+  <si>
+    <t>1447</t>
+  </si>
+  <si>
+    <t>1448</t>
+  </si>
+  <si>
+    <t>1449</t>
+  </si>
+  <si>
+    <t>1450</t>
+  </si>
+  <si>
+    <t>1451</t>
+  </si>
+  <si>
+    <t>1452</t>
+  </si>
+  <si>
+    <t>1453</t>
+  </si>
+  <si>
+    <t>1454</t>
+  </si>
+  <si>
+    <t>1455</t>
+  </si>
+  <si>
+    <t>1456</t>
+  </si>
+  <si>
+    <t>1457</t>
+  </si>
+  <si>
+    <t>1458</t>
+  </si>
+  <si>
+    <t>1459</t>
+  </si>
+  <si>
+    <t>1460</t>
+  </si>
+  <si>
+    <t>1461</t>
+  </si>
+  <si>
+    <t>1462</t>
+  </si>
+  <si>
+    <t>1463</t>
+  </si>
+  <si>
+    <t>1464</t>
+  </si>
+  <si>
+    <t>1465</t>
+  </si>
+  <si>
+    <t>1466</t>
+  </si>
+  <si>
+    <t>1467</t>
+  </si>
+  <si>
+    <t>1468</t>
+  </si>
+  <si>
+    <t>1469</t>
+  </si>
+  <si>
+    <t>1470</t>
+  </si>
+  <si>
+    <t>1471</t>
+  </si>
+  <si>
+    <t>1472</t>
+  </si>
+  <si>
+    <t>1473</t>
+  </si>
+  <si>
+    <t>1474</t>
+  </si>
+  <si>
+    <t>1475</t>
+  </si>
+  <si>
+    <t>1476</t>
+  </si>
+  <si>
+    <t>1477</t>
+  </si>
+  <si>
+    <t>1478</t>
+  </si>
+  <si>
+    <t>1479</t>
+  </si>
+  <si>
+    <t>1480</t>
+  </si>
+  <si>
+    <t>1481</t>
+  </si>
+  <si>
+    <t>1482</t>
+  </si>
+  <si>
+    <t>1483</t>
+  </si>
+  <si>
+    <t>1484</t>
+  </si>
+  <si>
+    <t>1485</t>
+  </si>
+  <si>
+    <t>1486</t>
+  </si>
+  <si>
+    <t>1487</t>
+  </si>
+  <si>
+    <t>1488</t>
+  </si>
+  <si>
+    <t>1489</t>
+  </si>
+  <si>
+    <t>1490</t>
+  </si>
+  <si>
+    <t>1491</t>
+  </si>
+  <si>
+    <t>1492</t>
+  </si>
+  <si>
+    <t>1493</t>
+  </si>
+  <si>
+    <t>1494</t>
+  </si>
+  <si>
+    <t>1495</t>
+  </si>
+  <si>
+    <t>1496</t>
+  </si>
+  <si>
+    <t>1497</t>
+  </si>
+  <si>
+    <t>1498</t>
+  </si>
+  <si>
+    <t>1499</t>
+  </si>
+  <si>
+    <t>1500</t>
+  </si>
+  <si>
+    <t>1501</t>
+  </si>
+  <si>
+    <t>1502</t>
+  </si>
+  <si>
+    <t>1503</t>
+  </si>
+  <si>
+    <t>1504</t>
+  </si>
+  <si>
+    <t>1505</t>
+  </si>
+  <si>
+    <t>1506</t>
+  </si>
+  <si>
+    <t>1507</t>
+  </si>
+  <si>
+    <t>1508</t>
+  </si>
+  <si>
+    <t>1509</t>
+  </si>
+  <si>
+    <t>1510</t>
+  </si>
+  <si>
+    <t>1511</t>
+  </si>
+  <si>
+    <t>1512</t>
+  </si>
+  <si>
+    <t>1513</t>
+  </si>
+  <si>
+    <t>1514</t>
+  </si>
+  <si>
+    <t>1515</t>
+  </si>
+  <si>
+    <t>1516</t>
+  </si>
+  <si>
+    <t>1517</t>
+  </si>
+  <si>
+    <t>1518</t>
+  </si>
+  <si>
+    <t>1519</t>
+  </si>
+  <si>
+    <t>1520</t>
+  </si>
+  <si>
+    <t>1521</t>
+  </si>
+  <si>
+    <t>1522</t>
+  </si>
+  <si>
+    <t>1523</t>
+  </si>
+  <si>
+    <t>1524</t>
+  </si>
+  <si>
+    <t>1525</t>
+  </si>
+  <si>
+    <t>1526</t>
+  </si>
+  <si>
+    <t>1527</t>
+  </si>
+  <si>
+    <t>1528</t>
+  </si>
+  <si>
+    <t>1529</t>
+  </si>
+  <si>
+    <t>1530</t>
+  </si>
+  <si>
+    <t>1531</t>
+  </si>
+  <si>
+    <t>1532</t>
+  </si>
+  <si>
+    <t>1533</t>
+  </si>
+  <si>
+    <t>1534</t>
+  </si>
+  <si>
+    <t>1535</t>
+  </si>
+  <si>
+    <t>1536</t>
+  </si>
+  <si>
+    <t>1537</t>
+  </si>
+  <si>
+    <t>1538</t>
+  </si>
+  <si>
+    <t>1539</t>
+  </si>
+  <si>
+    <t>1540</t>
+  </si>
+  <si>
+    <t>1541</t>
+  </si>
+  <si>
+    <t>1542</t>
+  </si>
+  <si>
+    <t>1543</t>
+  </si>
+  <si>
+    <t>1544</t>
+  </si>
+  <si>
+    <t>1545</t>
+  </si>
+  <si>
+    <t>1546</t>
+  </si>
+  <si>
+    <t>1547</t>
+  </si>
+  <si>
+    <t>1548</t>
+  </si>
+  <si>
+    <t>1549</t>
+  </si>
+  <si>
+    <t>1550</t>
+  </si>
+  <si>
+    <t>1551</t>
+  </si>
+  <si>
+    <t>1552</t>
+  </si>
+  <si>
+    <t>1553</t>
+  </si>
+  <si>
+    <t>1554</t>
+  </si>
+  <si>
+    <t>1555</t>
+  </si>
+  <si>
+    <t>1556</t>
+  </si>
+  <si>
+    <t>1557</t>
+  </si>
+  <si>
+    <t>1558</t>
+  </si>
+  <si>
+    <t>1559</t>
+  </si>
+  <si>
+    <t>1560</t>
+  </si>
+  <si>
+    <t>1561</t>
+  </si>
+  <si>
+    <t>1562</t>
+  </si>
+  <si>
+    <t>1563</t>
+  </si>
+  <si>
+    <t>1564</t>
+  </si>
+  <si>
+    <t>1565</t>
+  </si>
+  <si>
+    <t>1566</t>
+  </si>
+  <si>
+    <t>1567</t>
+  </si>
+  <si>
+    <t>1568</t>
+  </si>
+  <si>
+    <t>1569</t>
+  </si>
+  <si>
+    <t>1570</t>
+  </si>
+  <si>
+    <t>1571</t>
+  </si>
+  <si>
+    <t>1572</t>
+  </si>
+  <si>
+    <t>1573</t>
+  </si>
+  <si>
+    <t>1574</t>
+  </si>
+  <si>
+    <t>1575</t>
+  </si>
+  <si>
+    <t>1576</t>
+  </si>
+  <si>
+    <t>1577</t>
+  </si>
+  <si>
+    <t>1578</t>
+  </si>
+  <si>
+    <t>1579</t>
+  </si>
+  <si>
+    <t>1580</t>
+  </si>
+  <si>
+    <t>1581</t>
+  </si>
+  <si>
+    <t>1582</t>
+  </si>
+  <si>
+    <t>1583</t>
+  </si>
+  <si>
+    <t>1584</t>
+  </si>
+  <si>
+    <t>1585</t>
+  </si>
+  <si>
+    <t>1586</t>
+  </si>
+  <si>
+    <t>1587</t>
+  </si>
+  <si>
+    <t>1588</t>
+  </si>
+  <si>
+    <t>1589</t>
+  </si>
+  <si>
+    <t>1590</t>
+  </si>
+  <si>
+    <t>1591</t>
+  </si>
+  <si>
+    <t>1592</t>
+  </si>
+  <si>
+    <t>1593</t>
+  </si>
+  <si>
+    <t>1594</t>
+  </si>
+  <si>
+    <t>1595</t>
+  </si>
+  <si>
+    <t>1596</t>
+  </si>
+  <si>
+    <t>1597</t>
+  </si>
+  <si>
+    <t>1598</t>
+  </si>
+  <si>
+    <t>1599</t>
+  </si>
+  <si>
+    <t>1600</t>
+  </si>
+  <si>
+    <t>1601</t>
+  </si>
+  <si>
+    <t>1602</t>
+  </si>
+  <si>
+    <t>1603</t>
+  </si>
+  <si>
+    <t>1604</t>
+  </si>
+  <si>
+    <t>1605</t>
+  </si>
+  <si>
+    <t>1606</t>
+  </si>
+  <si>
+    <t>1607</t>
+  </si>
+  <si>
+    <t>1608</t>
+  </si>
+  <si>
+    <t>1609</t>
+  </si>
+  <si>
+    <t>1610</t>
+  </si>
+  <si>
+    <t>1611</t>
+  </si>
+  <si>
+    <t>1612</t>
+  </si>
+  <si>
+    <t>1613</t>
+  </si>
+  <si>
+    <t>1614</t>
+  </si>
+  <si>
+    <t>1615</t>
+  </si>
+  <si>
+    <t>1616</t>
+  </si>
+  <si>
+    <t>1617</t>
+  </si>
+  <si>
+    <t>1618</t>
+  </si>
+  <si>
+    <t>1619</t>
+  </si>
+  <si>
+    <t>1620</t>
+  </si>
+  <si>
+    <t>1621</t>
+  </si>
+  <si>
+    <t>1622</t>
+  </si>
+  <si>
+    <t>1623</t>
+  </si>
+  <si>
+    <t>1624</t>
+  </si>
+  <si>
+    <t>1625</t>
+  </si>
+  <si>
+    <t>1626</t>
+  </si>
+  <si>
+    <t>1627</t>
+  </si>
+  <si>
+    <t>1628</t>
+  </si>
+  <si>
+    <t>1629</t>
+  </si>
+  <si>
+    <t>1630</t>
+  </si>
+  <si>
+    <t>1631</t>
+  </si>
+  <si>
+    <t>1632</t>
+  </si>
+  <si>
+    <t>1633</t>
+  </si>
+  <si>
+    <t>1634</t>
+  </si>
+  <si>
+    <t>1635</t>
+  </si>
+  <si>
+    <t>1636</t>
+  </si>
+  <si>
+    <t>1637</t>
+  </si>
+  <si>
+    <t>1638</t>
+  </si>
+  <si>
+    <t>1639</t>
+  </si>
+  <si>
+    <t>1640</t>
+  </si>
+  <si>
+    <t>1641</t>
+  </si>
+  <si>
+    <t>1642</t>
+  </si>
+  <si>
+    <t>1643</t>
+  </si>
+  <si>
+    <t>1644</t>
+  </si>
+  <si>
+    <t>1645</t>
+  </si>
+  <si>
+    <t>1646</t>
+  </si>
+  <si>
+    <t>1647</t>
+  </si>
+  <si>
+    <t>1648</t>
+  </si>
+  <si>
+    <t>1649</t>
+  </si>
+  <si>
+    <t>1650</t>
+  </si>
+  <si>
+    <t>1651</t>
+  </si>
+  <si>
+    <t>1652</t>
+  </si>
+  <si>
+    <t>1653</t>
+  </si>
+  <si>
+    <t>1654</t>
+  </si>
+  <si>
+    <t>1655</t>
+  </si>
+  <si>
+    <t>1656</t>
+  </si>
+  <si>
+    <t>1657</t>
+  </si>
+  <si>
+    <t>1658</t>
+  </si>
+  <si>
+    <t>1659</t>
+  </si>
+  <si>
+    <t>1660</t>
+  </si>
+  <si>
+    <t>1661</t>
+  </si>
+  <si>
+    <t>1662</t>
+  </si>
+  <si>
+    <t>1663</t>
+  </si>
+  <si>
+    <t>1664</t>
+  </si>
+  <si>
+    <t>1665</t>
+  </si>
+  <si>
+    <t>1666</t>
+  </si>
+  <si>
+    <t>1667</t>
+  </si>
+  <si>
+    <t>1668</t>
+  </si>
+  <si>
+    <t>1669</t>
+  </si>
+  <si>
+    <t>1670</t>
+  </si>
+  <si>
+    <t>1671</t>
+  </si>
+  <si>
+    <t>1672</t>
+  </si>
+  <si>
+    <t>1673</t>
+  </si>
+  <si>
+    <t>1674</t>
+  </si>
+  <si>
+    <t>1675</t>
+  </si>
+  <si>
+    <t>1676</t>
+  </si>
+  <si>
+    <t>1677</t>
+  </si>
+  <si>
+    <t>1678</t>
+  </si>
+  <si>
+    <t>1679</t>
+  </si>
+  <si>
+    <t>1680</t>
+  </si>
+  <si>
+    <t>1681</t>
+  </si>
+  <si>
+    <t>1682</t>
+  </si>
+  <si>
+    <t>1683</t>
+  </si>
+  <si>
+    <t>1684</t>
+  </si>
+  <si>
+    <t>1685</t>
+  </si>
+  <si>
+    <t>1686</t>
+  </si>
+  <si>
+    <t>1687</t>
+  </si>
+  <si>
+    <t>1688</t>
+  </si>
+  <si>
+    <t>1689</t>
+  </si>
+  <si>
+    <t>1690</t>
+  </si>
+  <si>
+    <t>1691</t>
+  </si>
+  <si>
+    <t>1692</t>
+  </si>
+  <si>
+    <t>1693</t>
+  </si>
+  <si>
+    <t>1694</t>
+  </si>
+  <si>
+    <t>1695</t>
+  </si>
+  <si>
+    <t>1696</t>
+  </si>
+  <si>
+    <t>1697</t>
+  </si>
+  <si>
+    <t>1698</t>
+  </si>
+  <si>
+    <t>1699</t>
+  </si>
+  <si>
+    <t>1700</t>
+  </si>
+  <si>
+    <t>1701</t>
+  </si>
+  <si>
+    <t>1702</t>
+  </si>
+  <si>
+    <t>1703</t>
+  </si>
+  <si>
+    <t>1704</t>
+  </si>
+  <si>
+    <t>1705</t>
+  </si>
+  <si>
+    <t>1706</t>
+  </si>
+  <si>
+    <t>1707</t>
+  </si>
+  <si>
+    <t>1708</t>
+  </si>
+  <si>
+    <t>1709</t>
+  </si>
+  <si>
+    <t>1710</t>
+  </si>
+  <si>
+    <t>1711</t>
+  </si>
+  <si>
+    <t>1712</t>
+  </si>
+  <si>
+    <t>1713</t>
+  </si>
+  <si>
+    <t>1714</t>
+  </si>
+  <si>
+    <t>1715</t>
+  </si>
+  <si>
+    <t>1716</t>
+  </si>
+  <si>
+    <t>1717</t>
+  </si>
+  <si>
+    <t>1718</t>
+  </si>
+  <si>
+    <t>1719</t>
+  </si>
+  <si>
+    <t>1720</t>
+  </si>
+  <si>
+    <t>1721</t>
+  </si>
+  <si>
+    <t>1722</t>
+  </si>
+  <si>
+    <t>1723</t>
+  </si>
+  <si>
+    <t>1724</t>
+  </si>
+  <si>
+    <t>1725</t>
+  </si>
+  <si>
+    <t>1726</t>
+  </si>
+  <si>
+    <t>1727</t>
+  </si>
+  <si>
+    <t>1728</t>
+  </si>
+  <si>
+    <t>1729</t>
+  </si>
+  <si>
+    <t>1730</t>
+  </si>
+  <si>
+    <t>1731</t>
+  </si>
+  <si>
+    <t>1732</t>
+  </si>
+  <si>
+    <t>1733</t>
+  </si>
+  <si>
+    <t>1734</t>
+  </si>
+  <si>
+    <t>1735</t>
+  </si>
+  <si>
+    <t>1736</t>
+  </si>
+  <si>
+    <t>1737</t>
+  </si>
+  <si>
+    <t>1738</t>
+  </si>
+  <si>
+    <t>1739</t>
+  </si>
+  <si>
+    <t>1740</t>
+  </si>
+  <si>
+    <t>1741</t>
+  </si>
+  <si>
+    <t>1742</t>
+  </si>
+  <si>
+    <t>1743</t>
+  </si>
+  <si>
+    <t>1744</t>
+  </si>
+  <si>
+    <t>1745</t>
+  </si>
+  <si>
+    <t>1746</t>
+  </si>
+  <si>
+    <t>1747</t>
+  </si>
+  <si>
+    <t>1748</t>
+  </si>
+  <si>
+    <t>1749</t>
+  </si>
+  <si>
+    <t>1750</t>
+  </si>
+  <si>
+    <t>1751</t>
+  </si>
+  <si>
+    <t>1752</t>
+  </si>
+  <si>
+    <t>1753</t>
+  </si>
+  <si>
+    <t>1754</t>
+  </si>
+  <si>
+    <t>1755</t>
+  </si>
+  <si>
+    <t>1756</t>
+  </si>
+  <si>
+    <t>1757</t>
+  </si>
+  <si>
+    <t>1758</t>
+  </si>
+  <si>
+    <t>1759</t>
+  </si>
+  <si>
+    <t>1760</t>
+  </si>
+  <si>
+    <t>1761</t>
+  </si>
+  <si>
+    <t>1762</t>
+  </si>
+  <si>
+    <t>1763</t>
+  </si>
+  <si>
+    <t>1764</t>
+  </si>
+  <si>
+    <t>1765</t>
+  </si>
+  <si>
+    <t>1766</t>
+  </si>
+  <si>
+    <t>1767</t>
+  </si>
+  <si>
+    <t>1768</t>
+  </si>
+  <si>
+    <t>1769</t>
+  </si>
+  <si>
+    <t>1770</t>
+  </si>
+  <si>
+    <t>1771</t>
+  </si>
+  <si>
+    <t>1772</t>
+  </si>
+  <si>
+    <t>1773</t>
+  </si>
+  <si>
+    <t>1774</t>
+  </si>
+  <si>
+    <t>1775</t>
+  </si>
+  <si>
+    <t>1776</t>
+  </si>
+  <si>
+    <t>1777</t>
+  </si>
+  <si>
+    <t>1778</t>
+  </si>
+  <si>
+    <t>1779</t>
+  </si>
+  <si>
+    <t>1780</t>
+  </si>
+  <si>
+    <t>1781</t>
+  </si>
+  <si>
+    <t>1782</t>
+  </si>
+  <si>
+    <t>1783</t>
+  </si>
+  <si>
+    <t>1784</t>
+  </si>
+  <si>
+    <t>1785</t>
+  </si>
+  <si>
+    <t>1786</t>
+  </si>
+  <si>
+    <t>1787</t>
+  </si>
+  <si>
+    <t>1788</t>
+  </si>
+  <si>
+    <t>1789</t>
+  </si>
+  <si>
+    <t>1790</t>
+  </si>
+  <si>
+    <t>1791</t>
+  </si>
+  <si>
+    <t>1792</t>
+  </si>
+  <si>
+    <t>1793</t>
+  </si>
+  <si>
+    <t>1794</t>
+  </si>
+  <si>
+    <t>1795</t>
+  </si>
+  <si>
+    <t>1796</t>
+  </si>
+  <si>
+    <t>1797</t>
+  </si>
+  <si>
+    <t>1798</t>
+  </si>
+  <si>
+    <t>1799</t>
+  </si>
+  <si>
+    <t>1800</t>
+  </si>
+  <si>
+    <t>1801</t>
+  </si>
+  <si>
+    <t>1802</t>
+  </si>
+  <si>
+    <t>1803</t>
+  </si>
+  <si>
+    <t>1804</t>
+  </si>
+  <si>
+    <t>1805</t>
+  </si>
+  <si>
+    <t>1806</t>
+  </si>
+  <si>
+    <t>1807</t>
+  </si>
+  <si>
+    <t>1808</t>
+  </si>
+  <si>
+    <t>1809</t>
+  </si>
+  <si>
+    <t>1810</t>
+  </si>
+  <si>
+    <t>1811</t>
+  </si>
+  <si>
+    <t>1812</t>
+  </si>
+  <si>
+    <t>1813</t>
+  </si>
+  <si>
+    <t>1814</t>
+  </si>
+  <si>
+    <t>1815</t>
+  </si>
+  <si>
+    <t>1816</t>
+  </si>
+  <si>
+    <t>1817</t>
+  </si>
+  <si>
+    <t>1818</t>
+  </si>
+  <si>
+    <t>1819</t>
+  </si>
+  <si>
+    <t>1820</t>
+  </si>
+  <si>
+    <t>1821</t>
+  </si>
+  <si>
+    <t>1822</t>
+  </si>
+  <si>
+    <t>1823</t>
+  </si>
+  <si>
+    <t>1824</t>
+  </si>
+  <si>
+    <t>1825</t>
+  </si>
+  <si>
+    <t>1826</t>
+  </si>
+  <si>
+    <t>1827</t>
+  </si>
+  <si>
+    <t>1828</t>
+  </si>
+  <si>
+    <t>1829</t>
+  </si>
+  <si>
+    <t>1830</t>
+  </si>
+  <si>
+    <t>1831</t>
+  </si>
+  <si>
+    <t>1832</t>
+  </si>
+  <si>
+    <t>1833</t>
+  </si>
+  <si>
+    <t>1834</t>
+  </si>
+  <si>
+    <t>1835</t>
+  </si>
+  <si>
+    <t>1836</t>
+  </si>
+  <si>
+    <t>1837</t>
+  </si>
+  <si>
+    <t>1838</t>
+  </si>
+  <si>
+    <t>1839</t>
+  </si>
+  <si>
+    <t>1840</t>
+  </si>
+  <si>
+    <t>1841</t>
+  </si>
+  <si>
+    <t>1842</t>
+  </si>
+  <si>
+    <t>1843</t>
+  </si>
+  <si>
+    <t>1844</t>
+  </si>
+  <si>
+    <t>1845</t>
+  </si>
+  <si>
+    <t>1846</t>
+  </si>
+  <si>
+    <t>1847</t>
+  </si>
+  <si>
+    <t>1848</t>
+  </si>
+  <si>
+    <t>1849</t>
+  </si>
+  <si>
+    <t>1850</t>
+  </si>
+  <si>
+    <t>1851</t>
+  </si>
+  <si>
+    <t>1852</t>
+  </si>
+  <si>
+    <t>1853</t>
+  </si>
+  <si>
+    <t>1854</t>
+  </si>
+  <si>
+    <t>1855</t>
+  </si>
+  <si>
+    <t>1856</t>
+  </si>
+  <si>
+    <t>1857</t>
+  </si>
+  <si>
+    <t>1858</t>
+  </si>
+  <si>
+    <t>1859</t>
+  </si>
+  <si>
+    <t>1860</t>
+  </si>
+  <si>
+    <t>1861</t>
+  </si>
+  <si>
+    <t>1862</t>
+  </si>
+  <si>
+    <t>1863</t>
+  </si>
+  <si>
+    <t>1864</t>
+  </si>
+  <si>
+    <t>1865</t>
+  </si>
+  <si>
+    <t>1866</t>
+  </si>
+  <si>
+    <t>1867</t>
+  </si>
+  <si>
+    <t>1868</t>
+  </si>
+  <si>
+    <t>1869</t>
+  </si>
+  <si>
+    <t>1870</t>
+  </si>
+  <si>
+    <t>1871</t>
+  </si>
+  <si>
+    <t>1872</t>
+  </si>
+  <si>
+    <t>1873</t>
+  </si>
+  <si>
+    <t>1874</t>
+  </si>
+  <si>
+    <t>1875</t>
+  </si>
+  <si>
+    <t>1876</t>
+  </si>
+  <si>
+    <t>1877</t>
+  </si>
+  <si>
+    <t>1878</t>
+  </si>
+  <si>
+    <t>1879</t>
+  </si>
+  <si>
+    <t>1880</t>
+  </si>
+  <si>
+    <t>1881</t>
+  </si>
+  <si>
+    <t>1882</t>
+  </si>
+  <si>
+    <t>1883</t>
+  </si>
+  <si>
+    <t>1884</t>
+  </si>
+  <si>
+    <t>1885</t>
+  </si>
+  <si>
+    <t>1886</t>
+  </si>
+  <si>
+    <t>1887</t>
+  </si>
+  <si>
+    <t>1888</t>
+  </si>
+  <si>
+    <t>1889</t>
+  </si>
+  <si>
+    <t>1890</t>
+  </si>
+  <si>
+    <t>1891</t>
+  </si>
+  <si>
+    <t>1892</t>
+  </si>
+  <si>
+    <t>1893</t>
+  </si>
+  <si>
+    <t>1894</t>
+  </si>
+  <si>
+    <t>1895</t>
+  </si>
+  <si>
+    <t>1896</t>
+  </si>
+  <si>
+    <t>1897</t>
+  </si>
+  <si>
+    <t>1898</t>
+  </si>
+  <si>
+    <t>1899</t>
+  </si>
+  <si>
+    <t>1900</t>
+  </si>
+  <si>
+    <t>1901</t>
+  </si>
+  <si>
+    <t>1902</t>
+  </si>
+  <si>
+    <t>1903</t>
+  </si>
+  <si>
+    <t>1904</t>
+  </si>
+  <si>
+    <t>1905</t>
+  </si>
+  <si>
+    <t>1906</t>
+  </si>
+  <si>
+    <t>1907</t>
+  </si>
+  <si>
+    <t>1908</t>
+  </si>
+  <si>
+    <t>1909</t>
+  </si>
+  <si>
+    <t>1910</t>
+  </si>
+  <si>
+    <t>1911</t>
+  </si>
+  <si>
+    <t>1912</t>
+  </si>
+  <si>
+    <t>1913</t>
+  </si>
+  <si>
+    <t>1914</t>
+  </si>
+  <si>
+    <t>1915</t>
+  </si>
+  <si>
+    <t>1916</t>
+  </si>
+  <si>
+    <t>1917</t>
+  </si>
+  <si>
+    <t>1918</t>
+  </si>
+  <si>
+    <t>1919</t>
+  </si>
+  <si>
+    <t>1920</t>
+  </si>
+  <si>
+    <t>1921</t>
+  </si>
+  <si>
+    <t>1922</t>
+  </si>
+  <si>
+    <t>1923</t>
+  </si>
+  <si>
+    <t>1924</t>
+  </si>
+  <si>
+    <t>1925</t>
+  </si>
+  <si>
+    <t>1926</t>
+  </si>
+  <si>
+    <t>1927</t>
+  </si>
+  <si>
+    <t>1928</t>
+  </si>
+  <si>
+    <t>1929</t>
+  </si>
+  <si>
+    <t>1930</t>
+  </si>
+  <si>
+    <t>1931</t>
+  </si>
+  <si>
+    <t>1932</t>
+  </si>
+  <si>
+    <t>1933</t>
+  </si>
+  <si>
+    <t>1934</t>
+  </si>
+  <si>
+    <t>1935</t>
+  </si>
+  <si>
+    <t>1936</t>
+  </si>
+  <si>
+    <t>1937</t>
+  </si>
+  <si>
+    <t>1938</t>
+  </si>
+  <si>
+    <t>1939</t>
+  </si>
+  <si>
+    <t>1940</t>
+  </si>
+  <si>
+    <t>1941</t>
+  </si>
+  <si>
+    <t>1942</t>
+  </si>
+  <si>
+    <t>1943</t>
+  </si>
+  <si>
+    <t>1944</t>
+  </si>
+  <si>
+    <t>1945</t>
+  </si>
+  <si>
+    <t>1946</t>
+  </si>
+  <si>
+    <t>1947</t>
+  </si>
+  <si>
+    <t>1948</t>
+  </si>
+  <si>
+    <t>1949</t>
+  </si>
+  <si>
+    <t>1950</t>
+  </si>
+  <si>
+    <t>1951</t>
+  </si>
+  <si>
+    <t>1952</t>
+  </si>
+  <si>
+    <t>1953</t>
+  </si>
+  <si>
+    <t>1954</t>
+  </si>
+  <si>
+    <t>1955</t>
+  </si>
+  <si>
+    <t>1956</t>
+  </si>
+  <si>
+    <t>1957</t>
+  </si>
+  <si>
+    <t>1958</t>
+  </si>
+  <si>
+    <t>1959</t>
+  </si>
+  <si>
+    <t>1960</t>
+  </si>
+  <si>
+    <t>1961</t>
+  </si>
+  <si>
+    <t>1962</t>
+  </si>
+  <si>
+    <t>1963</t>
+  </si>
+  <si>
+    <t>1964</t>
+  </si>
+  <si>
+    <t>1965</t>
+  </si>
+  <si>
+    <t>1966</t>
+  </si>
+  <si>
+    <t>1967</t>
+  </si>
+  <si>
+    <t>1968</t>
+  </si>
+  <si>
+    <t>1969</t>
+  </si>
+  <si>
+    <t>1970</t>
+  </si>
+  <si>
+    <t>1971</t>
+  </si>
+  <si>
+    <t>1972</t>
+  </si>
+  <si>
+    <t>1973</t>
+  </si>
+  <si>
+    <t>1974</t>
+  </si>
+  <si>
+    <t>1975</t>
+  </si>
+  <si>
+    <t>1976</t>
+  </si>
+  <si>
+    <t>1977</t>
+  </si>
+  <si>
+    <t>1978</t>
+  </si>
+  <si>
+    <t>1979</t>
+  </si>
+  <si>
+    <t>1980</t>
+  </si>
+  <si>
+    <t>1981</t>
+  </si>
+  <si>
+    <t>1982</t>
+  </si>
+  <si>
+    <t>1983</t>
+  </si>
+  <si>
+    <t>1984</t>
+  </si>
+  <si>
+    <t>1985</t>
+  </si>
+  <si>
+    <t>1986</t>
+  </si>
+  <si>
+    <t>1987</t>
+  </si>
+  <si>
+    <t>1988</t>
+  </si>
+  <si>
+    <t>1989</t>
+  </si>
+  <si>
+    <t>1990</t>
+  </si>
+  <si>
+    <t>1991</t>
+  </si>
+  <si>
+    <t>1992</t>
+  </si>
+  <si>
+    <t>1993</t>
+  </si>
+  <si>
+    <t>1994</t>
+  </si>
+  <si>
+    <t>1995</t>
+  </si>
+  <si>
+    <t>1996</t>
+  </si>
+  <si>
+    <t>1997</t>
+  </si>
+  <si>
+    <t>1998</t>
+  </si>
+  <si>
+    <t>1999</t>
+  </si>
+  <si>
+    <t>2000</t>
+  </si>
+  <si>
+    <t>2001</t>
+  </si>
   <si>
     <t>2002</t>
   </si>
   <si>
+    <t>2024</t>
+  </si>
+  <si>
     <t>2003</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>2010</t>
-[...37 lines deleted...]
-  <si>
     <t>Matrícula de 1°</t>
   </si>
   <si>
     <t>Matrícula de 2°</t>
   </si>
   <si>
     <t>Matrícula de 3°</t>
   </si>
   <si>
     <t>Matrícula de 4°</t>
   </si>
   <si>
     <t>Matrícula de 5°</t>
   </si>
   <si>
     <t>Matrícula de 6°</t>
-  </si>
-[...6013 lines deleted...]
-    <t/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <color indexed="8"/>
       <u val="none"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="B1" s="9" t="s">
-        <v>28</v>
+      <c r="B1" s="10" t="s">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>