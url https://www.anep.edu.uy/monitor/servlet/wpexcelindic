--- v6 (2026-03-02)
+++ v7 (2026-03-23)
@@ -14,6178 +14,174 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2293" uniqueCount="2036">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="803" uniqueCount="35">
+  <si>
+    <t>2010</t>
+  </si>
+  <si>
+    <t>2011</t>
+  </si>
+  <si>
+    <t>2012</t>
+  </si>
+  <si>
+    <t>2013</t>
+  </si>
+  <si>
+    <t>2014</t>
+  </si>
+  <si>
+    <t>2015</t>
+  </si>
+  <si>
+    <t>2016</t>
+  </si>
+  <si>
+    <t>2017</t>
+  </si>
+  <si>
+    <t>2018</t>
+  </si>
+  <si>
+    <t>2019</t>
+  </si>
+  <si>
+    <t>2020</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Matrícula 2 años </t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t xml:space="preserve">Matrícula 3 años </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Matrícula 4 años </t>
+  </si>
+  <si>
+    <t>Matrícula 5 años</t>
+  </si>
+  <si>
+    <t>2002</t>
+  </si>
+  <si>
+    <t>2003</t>
+  </si>
+  <si>
+    <t>2004</t>
+  </si>
+  <si>
+    <t>2005</t>
+  </si>
+  <si>
+    <t>2006</t>
+  </si>
+  <si>
+    <t>2007</t>
+  </si>
+  <si>
+    <t>2008</t>
+  </si>
+  <si>
+    <t>2009</t>
+  </si>
+  <si>
+    <t>Matrícula de 1°</t>
+  </si>
+  <si>
+    <t>Matrícula de 2°</t>
+  </si>
+  <si>
+    <t>Matrícula de 3°</t>
+  </si>
+  <si>
+    <t>Matrícula de 4°</t>
+  </si>
+  <si>
+    <t>Matrícula de 5°</t>
+  </si>
+  <si>
+    <t>Matrícula de 6°</t>
+  </si>
   <si>
     <t xml:space="preserve">   0</t>
-  </si>
-[...6103 lines deleted...]
-    <t>Matrícula de 6°</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <color indexed="8"/>
-      <u val="none"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
@@ -6201,45 +197,45 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="B1" s="10" t="s">
-        <v>0</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>